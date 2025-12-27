--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -1,254 +1,862 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="84">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>PINK PERFECT</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>17/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>17/02/2025 16:35:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587263/fr/pink-perfect</t>
+  </si>
+  <si>
+    <t>p_3587263</t>
+  </si>
+  <si>
+    <t>Prothèses externes en silicone de la plaque aréolo-mamelonnaire</t>
+  </si>
+  <si>
+    <t>VENUS MEDICAL</t>
+  </si>
+  <si>
+    <t>AQUALEG</t>
+  </si>
+  <si>
+    <t>21/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>19/10/2021 13:42:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292753/fr/aqualeg</t>
+  </si>
+  <si>
+    <t>p_3292753</t>
+  </si>
+  <si>
+    <t>Revêtement de protection pour prothèse  tibiale</t>
+  </si>
+  <si>
+    <t>AQUALEG SAS</t>
+  </si>
+  <si>
+    <t>17/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2016 10:02:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587892/fr/aqualeg</t>
+  </si>
+  <si>
+    <t>c_2587892</t>
+  </si>
+  <si>
+    <t>Avis général Prothèse externe de sein - Prothèse d'expansion tissulaire - Implant mammaire</t>
+  </si>
+  <si>
+    <t>26/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2009 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827693/fr/avis-general-prothese-externe-de-sein-prothese-d-expansion-tissulaire-implant-mammaire</t>
+  </si>
+  <si>
+    <t>c_827693</t>
+  </si>
+  <si>
+    <t>Révision de ligne générique</t>
+  </si>
+  <si>
+    <t>SILIMA DIRECT</t>
+  </si>
+  <si>
+    <t>03/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2007 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598651/fr/silima-direct</t>
+  </si>
+  <si>
+    <t>c_598651</t>
+  </si>
+  <si>
+    <t>THAMERT France SARL</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_865378/en/assessment-of-breast-implants-tissue-expanders-and-external-breast-prostheses</t>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Prise en charge du 1er épisode de bronchiolite aiguë chez le nourrisson de moins de 12 mois</t>
+  </si>
+  <si>
+    <t>La bronchiolite aiguë du nourrisson est une pathologie respiratoire très fréquente. Les recommandations établissent trois stades de gravité de la maladie. La prise en charge repose avant tout sur un lavage de nez régulier et la surveillance des signes d’aggravation de l’état du nourrisson. Les traitements médicamenteux ou kinésithérapiques ne sont pas recommandés.</t>
+  </si>
+  <si>
+    <t>06/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2019 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118113/fr/prise-en-charge-du-1er-episode-de-bronchiolite-aigue-chez-le-nourrisson-de-moins-de-12-mois</t>
+  </si>
+  <si>
+    <t>p_3118113</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
+  </si>
+  <si>
+    <t>p_3301594</t>
+  </si>
+  <si>
+    <t>Amélogenèses imparfaites</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amélogenèse imparfaite. Il a été élaboré par le Centre de référence des maladies rares orales et dentaires O-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284538/fr/amelogeneses-imparfaites</t>
+  </si>
+  <si>
+    <t>p_3284538</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des implants mammaires, prothèses d’expansion tissulaire et prothèses externes de sein</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories de « prothèse externe de sein, implant mammaire, prothèse d’expansion tissulaire » ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de prothèses externes de sein, implants mammaires, prothèses d’expansion tissulaire ; réévaluer l’intérêt des prothèses externes de sein, implants mammaires et prothèses d’expansion tissulaire en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les prothèses externes de sein, implants mammaires et prothèses d’expansion tissulaire inscrites sur la LPPR.</t>
+  </si>
+  <si>
+    <t>17/01/2011 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_865378/fr/evaluation-des-implants-mammaires-protheses-d-expansion-tissulaire-et-protheses-externes-de-sein</t>
   </si>
   <si>
     <t>c_865378</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
         <v>19</v>
       </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D2" t="s">
+        <v>45</v>
+      </c>
+      <c r="E2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>47</v>
+      </c>
+      <c r="H2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D3" t="s">
+        <v>51</v>
+      </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>52</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>54</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C4" t="s">
+        <v>56</v>
+      </c>
+      <c r="D4" t="s">
+        <v>57</v>
+      </c>
+      <c r="E4" t="s">
+        <v>58</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>59</v>
+      </c>
+      <c r="H4" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D5" t="s">
+        <v>63</v>
+      </c>
+      <c r="E5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H5" t="s">
+        <v>66</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>67</v>
+      </c>
+      <c r="B2" t="s">
+        <v>68</v>
+      </c>
+      <c r="C2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>70</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>71</v>
+      </c>
+      <c r="H2" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B3" t="s">
+        <v>73</v>
+      </c>
+      <c r="C3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>75</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>76</v>
+      </c>
+      <c r="H3" t="s">
+        <v>77</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>78</v>
+      </c>
+      <c r="B2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>82</v>
+      </c>
+      <c r="H2" t="s">
+        <v>83</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>