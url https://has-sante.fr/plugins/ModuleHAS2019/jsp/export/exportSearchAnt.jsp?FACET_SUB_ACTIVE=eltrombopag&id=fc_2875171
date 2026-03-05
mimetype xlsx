--- v0 (2025-10-16)
+++ v1 (2026-03-05)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
     <sheet name="Export Avis et décisions de la " r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="181" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="96">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -129,65 +129,50 @@
     <t>20/05/2015 00:00:00</t>
   </si>
   <si>
     <t>22/07/2015 15:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3380018/fr/guide-du-parcours-de-soins-syndromes-myelodysplasiques</t>
   </si>
   <si>
     <t>p_3380018</t>
   </si>
   <si>
     <t>Syndrome MYH9</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>17/11/2021 14:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
   </si>
   <si>
     <t>p_3298135</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2772874</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 5 février 2020</t>
   </si>
   <si>
     <t>29/01/2020 10:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148743/fr/commission-de-la-transparence-reunion-du-5-fevrier-2020</t>
   </si>
   <si>
     <t>p_3148743</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 8 janvier 2020</t>
   </si>
@@ -371,51 +356,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -531,514 +516,488 @@
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>32</v>
       </c>
       <c r="C6" t="s">
         <v>33</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>34</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>35</v>
       </c>
       <c r="H6" t="s">
         <v>36</v>
-      </c>
-[...24 lines deleted...]
-        <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>41</v>
+      </c>
+      <c r="H2" t="s">
+        <v>42</v>
+      </c>
+      <c r="I2" t="s">
         <v>43</v>
-      </c>
-[...22 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>46</v>
+      </c>
+      <c r="H3" t="s">
+        <v>47</v>
+      </c>
+      <c r="I3" t="s">
         <v>43</v>
-      </c>
-[...22 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>48</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>49</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>50</v>
+      </c>
+      <c r="H4" t="s">
+        <v>51</v>
+      </c>
+      <c r="I4" t="s">
         <v>43</v>
-      </c>
-[...22 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5" t="s">
+        <v>55</v>
+      </c>
+      <c r="I5" t="s">
         <v>43</v>
-      </c>
-[...22 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>38</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>57</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>58</v>
+      </c>
+      <c r="H6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I6" t="s">
         <v>43</v>
-      </c>
-[...22 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>61</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>62</v>
+      </c>
+      <c r="H7" t="s">
+        <v>63</v>
+      </c>
+      <c r="I7" t="s">
         <v>43</v>
-      </c>
-[...22 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>65</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>66</v>
+      </c>
+      <c r="H8" t="s">
+        <v>67</v>
+      </c>
+      <c r="I8" t="s">
         <v>43</v>
-      </c>
-[...22 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>69</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9" t="s">
+        <v>71</v>
+      </c>
+      <c r="I9" t="s">
         <v>43</v>
-      </c>
-[...22 lines deleted...]
-        <v>48</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>72</v>
+      </c>
+      <c r="B2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D2" t="s">
+        <v>75</v>
+      </c>
+      <c r="E2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>77</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>78</v>
-      </c>
-[...16 lines deleted...]
-        <v>83</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Q2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="J1" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="K1" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>82</v>
+      </c>
+      <c r="B2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>85</v>
+      </c>
+      <c r="H2" t="s">
+        <v>86</v>
+      </c>
+      <c r="I2" t="s">
         <v>87</v>
       </c>
-      <c r="B2" t="s">
+      <c r="J2" t="s">
         <v>88</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="K2" t="s">
         <v>89</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="L2" t="s">
         <v>90</v>
       </c>
-      <c r="H2" t="s">
+      <c r="M2" t="s">
         <v>91</v>
       </c>
-      <c r="I2" t="s">
+      <c r="N2" t="s">
         <v>92</v>
       </c>
-      <c r="J2" t="s">
+      <c r="O2" t="s">
         <v>93</v>
       </c>
-      <c r="K2" t="s">
+      <c r="P2" t="s">
         <v>94</v>
       </c>
-      <c r="L2" t="s">
+      <c r="Q2" t="s">
         <v>95</v>
-      </c>
-[...13 lines deleted...]
-        <v>100</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>