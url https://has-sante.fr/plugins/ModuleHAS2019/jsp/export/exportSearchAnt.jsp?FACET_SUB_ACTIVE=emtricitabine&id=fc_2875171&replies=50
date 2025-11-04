--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,775 +1,2604 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="506" uniqueCount="269">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...11 lines deleted...]
-    <t>BIKTARVY (emtricitabine/ bictégravir sodique/ ténofovir alafénamide (fumarate de...)</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>NEW-FILL -  25 septembre 2012 (4321) avis</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>06/14/2023 14:15:15</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983103/en/biktarvy-emtricitabine/-bictegravir-sodique/-tenofovir-alafenamide-fumarate-de</t>
+    <t>25/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2013 14:17:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1295186/fr/new-fill-25-septembre-2012-4321-avis</t>
+  </si>
+  <si>
+    <t>c_1295186</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS France</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Vaccination des personnes vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/07/2025 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635651/fr/vaccination-des-personnes-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3635651</t>
+  </si>
+  <si>
+    <t>Adaptation du traitement antirétroviral en situation de succès virologique chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>29/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2024 08:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545724/fr/adaptation-du-traitement-antiretroviral-en-situation-de-succes-virologique-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545724</t>
+  </si>
+  <si>
+    <t>Traitement préventif pré-exposition de l’infection par le VIH</t>
+  </si>
+  <si>
+    <t>06/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536524/fr/traitement-preventif-pre-exposition-de-l-infection-par-le-vih</t>
+  </si>
+  <si>
+    <t>p_3536524</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 mai 2023</t>
+  </si>
+  <si>
+    <t>05/05/2023 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433011/fr/commission-de-la-transparence-reunion-du-10-mai-2023</t>
+  </si>
+  <si>
+    <t>p_3433011</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 22 septembre 2021</t>
+  </si>
+  <si>
+    <t>15/09/2021 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286370/fr/commission-de-la-transparence-reunion-du-22-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3286370</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 16 juin 2021</t>
+  </si>
+  <si>
+    <t>09/06/2021 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271014/fr/commission-de-la-transparence-reunion-a-distance-du-16-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3271014</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 septembre 2018</t>
+  </si>
+  <si>
+    <t>29/08/2018 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868602/fr/commission-de-la-transparence-reunion-du-5-septembre-2018</t>
+  </si>
+  <si>
+    <t>c_2868602</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 juillet 2018</t>
+  </si>
+  <si>
+    <t>18/07/2018 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2864771/fr/commission-de-la-transparence-reunion-du-25-juillet-2018</t>
+  </si>
+  <si>
+    <t>c_2864771</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 juillet 2018</t>
+  </si>
+  <si>
+    <t>04/07/2018 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2861373/fr/commission-de-la-transparence-reunion-du-11-juillet-2018</t>
+  </si>
+  <si>
+    <t>c_2861373</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juin 2018</t>
+  </si>
+  <si>
+    <t>13/06/2018 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855918/fr/commission-de-la-transparence-reunion-du-20-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2855918</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 février 2018</t>
+  </si>
+  <si>
+    <t>14/02/2018 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2828193/fr/commission-de-la-transparence-reunion-du-21-fevrier-2018</t>
+  </si>
+  <si>
+    <t>c_2828193</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 décembre 2017</t>
+  </si>
+  <si>
+    <t>29/11/2017 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808279/fr/commission-de-la-transparence-reunion-du-6-decembre-2017</t>
+  </si>
+  <si>
+    <t>c_2808279</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 mars 2017</t>
+  </si>
+  <si>
+    <t>15/03/2017 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2750917/fr/commission-de-la-transparence-reunion-du-22-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2750917</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 8 mars 2017</t>
+  </si>
+  <si>
+    <t>02/03/2017 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748612/fr/college-deliberatif-du-8-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2748612</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 1er mars 2017</t>
+  </si>
+  <si>
+    <t>23/02/2017 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2747096/fr/college-deliberatif-du-1er-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2747096</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 février 2017</t>
+  </si>
+  <si>
+    <t>10/02/2017 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745225/fr/commission-de-la-transparence-reunion-du-22-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2745225</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 janvier 2017</t>
+  </si>
+  <si>
+    <t>18/01/2017 10:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740415/fr/commission-de-la-transparence-reunion-du-25-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2740415</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 décembre 2016</t>
+  </si>
+  <si>
+    <t>07/12/2016 16:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729110/fr/commission-de-la-transparence-reunion-du-14-decembre-2016</t>
+  </si>
+  <si>
+    <t>c_2729110</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 novembre 2016</t>
+  </si>
+  <si>
+    <t>02/11/2016 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681120/fr/commission-de-la-transparence-reunion-du-9-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2681120</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 12 avril 2016</t>
+  </si>
+  <si>
+    <t>17/10/2016 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678015/fr/ceesp-reunion-du-12-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2678015</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 septembre 2016</t>
+  </si>
+  <si>
+    <t>14/09/2016 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666766/fr/commission-de-la-transparence-reunion-du-21-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2666766</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 février 2016</t>
+  </si>
+  <si>
+    <t>09/02/2016 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607552/fr/commission-de-la-transparence-reunion-du-17-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2607552</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 octobre 2015</t>
+  </si>
+  <si>
+    <t>14/10/2015 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563061/fr/commission-de-la-transparence-reunion-du-21-octobre-2015</t>
+  </si>
+  <si>
+    <t>c_2563061</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 juin 2015</t>
+  </si>
+  <si>
+    <t>27/05/2015 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035997/fr/commission-de-la-transparence-reunion-du-3-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2035997</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 octobre 2013</t>
+  </si>
+  <si>
+    <t>25/11/2013 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652486/fr/commission-de-la-transparence-reunion-du-16-octobre-2013</t>
+  </si>
+  <si>
+    <t>c_1652486</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 avril 2012</t>
+  </si>
+  <si>
+    <t>11/04/2012 13:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1239215/fr/commission-de-la-transparence-reunion-du-11-avril-2012</t>
+  </si>
+  <si>
+    <t>c_1239215</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juillet 2011</t>
+  </si>
+  <si>
+    <t>06/07/2011 12:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069129/fr/commission-de-la-transparence-reunion-du-6-juillet-2011</t>
+  </si>
+  <si>
+    <t>c_1069129</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 avril 2011</t>
+  </si>
+  <si>
+    <t>06/04/2011 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1034010/fr/commission-de-la-transparence-reunion-du-6-avril-2011</t>
+  </si>
+  <si>
+    <t>c_1034010</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 janvier 2009</t>
+  </si>
+  <si>
+    <t>07/01/2009 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_731768/fr/commission-de-la-transparence-reunion-du-7-janvier-2009</t>
+  </si>
+  <si>
+    <t>c_731768</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 avril 2008</t>
+  </si>
+  <si>
+    <t>16/04/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646436/fr/commission-de-la-transparence-reunion-du-16-avril-2008</t>
+  </si>
+  <si>
+    <t>c_646436</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2023.0041/AC/SBP du 7 décembre 2023 du collège de la Haute Autorité de santé relatif au protocole de coopération national « Consultation de santé sexuelle par la sage-femme en centres gratuits d’information, de dépistage et de diagnostic (CEGIDD), centres de santé sexuelle (ex-CPEF) et centres de santé sexuelle communautaire (CSSC), en lieu et place du médecin »</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-3 du code de la santé publique, le Comité national des coopérations interprofessionnelles a sollicité l'avis de la Haute Autorité de santé sur le protocole de coopération national entre professionnels de santé « Consultation de santé sexuelle par la sage-femme en centres gratuits d’information, de dépistage et de diagnostic (CEGIDD), centres de santé sexuelle (ex-CPEF) et centres de santé sexuelle communautaire (CSSC), en lieu et place du médecin ». Professionnels concernés : Médecin Sage-femme</t>
+  </si>
+  <si>
+    <t>07/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2023 14:32:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478051/fr/avis-n2023-0041/ac/sbp-du-7-decembre-2023-du-college-de-la-haute-autorite-de-sante-relatif-au-protocole-de-cooperation-national-consultation-de-sante-sexuelle-par-la-sage-femme-en-centres-gratuits-d-information-de-depistage-et-de-diagnostic-cegidd-centres-de-sante-sexuelle-ex-cpef-et-centres-de-sante-sexuelle-communautaire-cssc-en-lieu-et-place-du-medecin</t>
+  </si>
+  <si>
+    <t>p_3478051</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0110/DC/SBP du 15 avril 2021 du collège de la Haute Autorité de santé portant adoption du document intitulé « Réponses rapides dans le cadre de la Covid- 19 - Prophylaxie du VIH par ténofovir disoproxil / emtricitabine dans le cadre de l’urgence sanitaire »</t>
+  </si>
+  <si>
+    <t>15/04/2021 18:59:00</t>
+  </si>
+  <si>
+    <t>20/04/2021 19:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262097/fr/decision-n-2021-0110/dc/sbp-du-15-avril-2021-du-college-de-la-haute-autorite-de-sante-portant-adoption-du-document-intitule-reponses-rapides-dans-le-cadre-de-la-covid-19-prophylaxie-du-vih-par-tenofovir-disoproxil-/-emtricitabine-dans-le-cadre-de-l-urgence-sanitaire</t>
+  </si>
+  <si>
+    <t>p_3262097</t>
+  </si>
+  <si>
+    <t>Décision n° 2016.0107/DC/SEM du 6 juillet 2016 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de TRUVADA (Emcitrabine / fumarate de ténofovir disoproxil) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire de TRUVADA (Emcitrabine / fumarate de ténofovir disoproxil) dans le cadre d’une recommandation temporaire d’utilisation dans le traitement « Prophylaxie pré-exposition du VIH chez les personnes âgées de 18 ans et plus à haut risque d’acquisition du VIH par voie sexuelle en tant qu’outil additionnel d’une stratégie de prévention diversifiée. », ci-jointe, est adoptée.# Elle remplace la recommandation adoptée par la décision n°2015.0279/DC/SEM du 9 décembre 2015 du collège de la Haute Autorité de santé.</t>
+  </si>
+  <si>
+    <t>04/05/2016 10:43:00</t>
+  </si>
+  <si>
+    <t>13/07/2016 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656276/fr/decision-n-2016-0107/dc/sem-du-6-juillet-2016-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-truvada-emcitrabine-/-fumarate-de-tenofovir-disoproxil-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2656276</t>
+  </si>
+  <si>
+    <t>Décision n° 2015.0279/DC/SEM du 9 décembre 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de TRUVADA (Emcitrabine / fumarate de ténofovir disoproxil) dans le cadre d’une recommandation temporaire d’utilisation - RTU ABROGEE 28/02/2017</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes : l’infection par le VIH, qui est une maladie grave mettant en jeu le pronostic vital le fait que l’utilisation de ce médicament ait un intérêt thérapeutique pour la prévention de la transmission du VIH de les personnes à haut risque d’acquisition du VIH par voie sexuelle, telles que définies dans l’annexe III du protocole de la RTU. l’absence d’alternative appropriée et remboursable à ce jour chez ces personnes, le Collège de la HAS considère que la spécialité TRUVADA (emtricitabine/ténofovir disoproxil) peut faire l’objet d’une prise en charge dérogatoire dans l’indication : « Prophylaxie pré-exposition du VIH chez les personnes âgées de 18 ans et plus à haut risque d’acquisition du VIH par voie sexuelle en tant qu’outil additionnel d’une stratégie de prévention diversifiée » si le prescripteur estime qu’elle est indispensable pour la prévention de la transmission du VIH de les sujets à haut risque d’acquisition du VIH par voie sexuelle. Le Collège de la HAS rappelle que La mise à disposition de la spécialité TRUVADA dans le cadre d’une RTU dans la Prophylaxie pré-exposition du VIH chez les personnes âgées de 18 ans et plus à haut risque d’acquisition du VIH par voie sexuelle en tant qu’outil additionnel d’une stratégie de prévention diversifiée, ne dispense pas du respect des mesures élémentaires de prévention de la transmission du VIH reposant principalement sur l’utilisation du préservatif. RTU ABROGEE 28/02/2017 par l'ANSM. La fin de cette RTU fait suite à la modification de l’autorisation de mise sur le marché (AMM) de TRUVADA par la Commission Européenne en date du 18 août 2016, dans l’indication : «Prophylaxie pré-exposition (PrEP) : Truvada, associé à des pratiques sexuelles à moindre risque, est indiqué en prophylaxie pré-exposition pour réduire le risque d’infection par le VIH-1 par voie sexuelle chez les adultes à haut risque de contamination».*</t>
+  </si>
+  <si>
+    <t>09/12/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2015 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582227/fr/decision-n-2015-0279/dc/sem-du-9-decembre-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-truvada-emcitrabine-/-fumarate-de-tenofovir-disoproxil-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-rtu-abrogee-28/02/2017</t>
+  </si>
+  <si>
+    <t>c_2582227</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0010/AC/SEM du 5 mars 2014 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale des spécialités TIVICAY (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Les indications de l’autorisation de mise sur le marché des spécialités TIVICAY qui n’ont pas fait l’objet d’autorisations temporaires d’utilisation nominatives concernent les patients VIH naïfs de traitement et les patients prétraités avec des alternatives appropriées. Pour ces indications, la HAS a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont détaillées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>05/03/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>18/03/2014 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1729603/fr/avis-n-2014-0010/ac/sem-du-5-mars-2014-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-des-specialites-tivicay-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_1729603</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>EFAVIRENZ/EMTRICITABINE/TENOFOVIR DISOPROXIL (éfavirenz/emtricitabine/ténofovir disoproxil)</t>
+  </si>
+  <si>
+    <t>16/10/2025 12:24:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700397/fr/efavirenz/emtricitabine/tenofovir-disoproxil-efavirenz/emtricitabine/tenofovir-disoproxil</t>
+  </si>
+  <si>
+    <t>p_3700397</t>
+  </si>
+  <si>
+    <t>éfavirenz,emtricitabine,ténofovir disoproxil</t>
+  </si>
+  <si>
+    <t>BIOGARAN / EG LABO - LABORATOIRES EUROGENERIC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700356/fr/efavirenz/emtricitabine/tenofovir-disoproxil-bgr-efavirenz/emtricitabine/tenofovir-disoproxil-vih</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700365/fr/efavirenz/emtricitabine/tenofovir-disoproxil-eg-labo-efavirenz/emtricitabine/tenofovir-disoproxil-vih</t>
+  </si>
+  <si>
+    <t>BIKTARVY (emtricitabine/bictégravir sodique/ténofovir alafénamide)</t>
+  </si>
+  <si>
+    <t>14/06/2023 14:15:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983103/fr/biktarvy-emtricitabine/bictegravir-sodique/tenofovir-alafenamide</t>
   </si>
   <si>
     <t>pprd_2983103</t>
   </si>
   <si>
     <t>emtricitabine,bictégravir sodique,ténofovir alafénamide (fumarate de)</t>
   </si>
   <si>
     <t>GILEAD SCIENCES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2873692/en/biktarvy-bictegravir-emtricitabine-tenofovir-alafenamide-antiretroviral-combination</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3444901/en/biktarvy-bictegravir/emtricitabine/tenofovir-alafenamide-hiv</t>
+    <t>https://www.has-sante.fr/jcms/c_2873692/fr/biktarvy-bictegravir-emtricitabine-tenofovir-alafenamide-association-d-antiretroviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280914/fr/biktarvy-bictegravir/emtricitabine/tenofovir-alafenamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444901/fr/biktarvy-emtricitabine-/-bictegravir-/-tenofovir-alafenamide-vih</t>
   </si>
   <si>
     <t>TRUVADA (emtricitabine/ ténofovir disoproxil (fumarate de))</t>
   </si>
   <si>
-    <t>10/19/2021 16:29:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982985/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+    <t>19/10/2021 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982985/fr/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
   </si>
   <si>
     <t>pprd_2982985</t>
   </si>
   <si>
     <t>emtricitabine,ténofovir disoproxil (fumarate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_631266/en/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3293341/en/truvada-200-mg/245-mg-emtricitabine-/-tenofovir-disoproxil</t>
+    <t>https://www.has-sante.fr/jcms/c_631266/fr/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079004/fr/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589181/fr/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752856/fr/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819632/fr/truvada-emtricitabine-tenofovir-disoproxil-association-d-antiretroviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888480/fr/truvada-emtricitabine/-tenofovir-disoproxil-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400678/fr/truvada-comprime-pellicule-flacon-s-polyethylene-haute-densite-pehd-de-30-comprime-s-avec-fermeture-de-securite-enfant-code-cip-365-656-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293341/fr/truvada-200-mg/245-mg-emtricitabine-/-tenofovir-disoproxil</t>
   </si>
   <si>
     <t>SYMTUZA (cobicistat/ darunavir (éthanolate de)/ emtricitabine/ ténofovir alafén...)</t>
   </si>
   <si>
-    <t>09/12/2019 09:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983010/en/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
+    <t>12/09/2019 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983010/fr/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
   </si>
   <si>
     <t>pprd_2983010</t>
   </si>
   <si>
     <t>cobicistat,darunavir (éthanolate de),emtricitabine,ténofovir alafénamide (fumarate de)</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2863577/en/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2886171/en/symtuza-darunavir-/cobicistat-/emtricitabine-/tenofovir-alafenamide-antiviral-combination</t>
+    <t>https://www.has-sante.fr/jcms/c_2863577/fr/symtuza-cobicistat/-darunavir-ethanolate-de-/-emtricitabine/-tenofovir-alafen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886171/fr/symtuza-darunavir-/cobicistat-/emtricitabine-/tenofovir-alafenamide-association-d-antiviraux</t>
   </si>
   <si>
     <t>STRIBILD (cobicistat/ ténofovir disoproxil (fumarate de)/ elvitégravir/ emtricit...)</t>
   </si>
   <si>
-    <t>09/12/2019 09:45:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983132/en/stribild-cobicistat/-tenofovir-disoproxil-fumarate-de-/-elvitegravir/-emtricit</t>
+    <t>12/09/2019 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983132/fr/stribild-cobicistat/-tenofovir-disoproxil-fumarate-de-/-elvitegravir/-emtricit</t>
   </si>
   <si>
     <t>pprd_2983132</t>
   </si>
   <si>
     <t>cobicistat,ténofovir disoproxil (fumarate de),elvitégravir,emtricitabine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1701324/en/stribild-emtricitabine-et-cobicistat-/elvitegravir/tenofovir-antiretroviraux</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3080479/en/stribild-cobicistat/-tenofovir-disoproxil-fumarate-de-/-elvitegravir/-emtricit</t>
+    <t>https://www.has-sante.fr/jcms/c_1701324/fr/stribild-emtricitabine-et-cobicistat-/elvitegravir/tenofovir-antiretroviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570626/fr/stribild-emtricitabine-cobicistat-elvitegravir-et-fumarate-de-tenofovir-disoproxil-association-d-antiviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868568/fr/stribild-emtricitabine-cobicistat-elvitegravir-et-tenofovir-disoproxil-fumarate-association-d-antiviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080479/fr/stribild-cobicistat/-tenofovir-disoproxil-fumarate-de-/-elvitegravir/-emtricit</t>
   </si>
   <si>
     <t>ATRIPLA (efavirenz/ emtricitabine/ fumarate de ténofovir disoproxil)</t>
   </si>
   <si>
-    <t>09/06/2019 16:50:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984481/en/atripla-efavirenz/-emtricitabine/-fumarate-de-tenofovir-disoproxil</t>
+    <t>06/09/2019 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984481/fr/atripla-efavirenz/-emtricitabine/-fumarate-de-tenofovir-disoproxil</t>
   </si>
   <si>
     <t>pprd_2984481</t>
   </si>
   <si>
     <t>efavirenz,emtricitabine,fumarate de ténofovir disoproxil</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_743975/en/atripla</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983131/en/genvoya</t>
+    <t>https://www.has-sante.fr/jcms/c_743975/fr/atripla-efavirenz/-emtricitabine/-fumarate-de-tenofovir-disoproxil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044339/fr/atripla-efavirenz-/-emtricitabine-/-fumarate-de-tenofovir-disoproxil-association-d-antiviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083824/fr/atripla-efavirenz/-emtricitabine/-fumarate-de-tenofovir-disoproxil</t>
+  </si>
+  <si>
+    <t>GENVOYA (cobicistat/ elvitégravir/ emtricitabine/ ténofovir alafénamide)</t>
+  </si>
+  <si>
+    <t>27/11/2018 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983131/fr/genvoya-cobicistat/-elvitegravir/-emtricitabine/-tenofovir-alafenamide</t>
   </si>
   <si>
     <t>pprd_2983131</t>
   </si>
   <si>
     <t>cobicistat,elvitégravir,emtricitabine,ténofovir alafénamide</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2621468/en/genvoya-emtricitabine-cobicistat-elvitegravir-and-tenofovir-alafenamide-antiviral-combination</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2868644/en/genvoya-emtricitabine-cobicistat-elvitegravir-and-tenofovir-alafenamide-antiviral-combination</t>
+    <t>https://www.has-sante.fr/jcms/c_2621468/fr/genvoya-emtricitabine-cobicistat-elvitegravir-et-tenofovir-alafenamide-association-d-antiviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868644/fr/genvoya-emtricitabine-cobicistat-elvitegravir-et-tenofovir-alafenamide-association-d-antiviraux</t>
   </si>
   <si>
     <t>EVIPLERA (ténofovir disoproxil (fumarate de)/ emtricitabine/ rilpivirine)</t>
   </si>
   <si>
-    <t>01/03/2018 08:30:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983454/en/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
+    <t>03/01/2018 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983454/fr/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
   </si>
   <si>
     <t>pprd_2983454</t>
   </si>
   <si>
     <t>ténofovir disoproxil (fumarate de),emtricitabine,rilpivirine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1250131/en/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2813827/en/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
+    <t>https://www.has-sante.fr/jcms/c_1250131/fr/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570617/fr/eviplera-rilpivirine-emtricitabine-fumarate-de-tenofovir-disoproxil-association-d-antiviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2813827/fr/eviplera-tenofovir-disoproxil-fumarate-de-/-emtricitabine/-rilpivirine</t>
   </si>
   <si>
     <t>DESCOVY (emtricitabine/ ténofovir alafénamide)</t>
   </si>
   <si>
-    <t>07/12/2017 16:36:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983591/en/descovy-emtricitabine/-tenofovir-alafenamide</t>
+    <t>12/07/2017 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983591/fr/descovy-emtricitabine/-tenofovir-alafenamide</t>
   </si>
   <si>
     <t>pprd_2983591</t>
   </si>
   <si>
     <t>emtricitabine,ténofovir alafénamide</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2774120/en/descovy-emtricitabine-tenofovir-alafenamide-antiretroviral-combination</t>
+    <t>https://www.has-sante.fr/jcms/c_2774120/fr/descovy-emtricitabine-tenofovir-alafenamide-association-d-antiretroviraux</t>
   </si>
   <si>
     <t>ODEFSEY (emtricitabine/ rilpivirine/ ténofovir alafénamide)</t>
   </si>
   <si>
-    <t>03/29/2017 13:27:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983792/en/odefsey-emtricitabine/-rilpivirine/-tenofovir-alafenamide</t>
+    <t>29/03/2017 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983792/fr/odefsey-emtricitabine/-rilpivirine/-tenofovir-alafenamide</t>
   </si>
   <si>
     <t>pprd_2983792</t>
   </si>
   <si>
     <t>emtricitabine,rilpivirine,ténofovir alafénamide</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2732128/en/odefsey-emtricitabine-rilpivirine-tenofovir-alafenamide-antiviral-combination</t>
+    <t>https://www.has-sante.fr/jcms/c_2732128/fr/odefsey-emtricitabine-rilpivirine-tenofovir-alafenamide-association-d-antiretroviraux</t>
+  </si>
+  <si>
+    <t>EMTRIVA (emtricitabine)</t>
+  </si>
+  <si>
+    <t>21/10/2015 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984376/fr/emtriva-emtricitabine</t>
+  </si>
+  <si>
+    <t>pprd_2984376</t>
+  </si>
+  <si>
+    <t>emtricitabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399995/fr/emtriva-200-mg-gelule-flacon-de-30-emtriva-10-mg/ml-solution-buvable-flacon-170-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944498/fr/emtriva-emtricitabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561582/fr/emtriva-emtricitabine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R10"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" t="s">
         <v>11</v>
       </c>
-      <c r="B2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
         <v>17</v>
       </c>
-      <c r="J2" t="s">
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
         <v>18</v>
       </c>
-      <c r="K2" t="s">
+      <c r="B2" t="s">
         <v>19</v>
       </c>
-      <c r="L2" t="s">
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
         <v>20</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="E2" t="s">
         <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="B3" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="E3" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="H3" t="s">
-        <v>25</v>
-[...13 lines deleted...]
-      <c r="M3" t="s">
         <v>29</v>
-      </c>
-[...13 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4" t="s">
+        <v>34</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I28"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
         <v>35</v>
       </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H2" t="s">
+        <v>40</v>
+      </c>
+      <c r="I2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>44</v>
+      </c>
+      <c r="H3" t="s">
+        <v>45</v>
+      </c>
+      <c r="I3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>46</v>
+      </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="H4" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="I4" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-      <c r="K4" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="H5" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="I5" t="s">
-        <v>47</v>
-[...14 lines deleted...]
-        <v>51</v>
+        <v>41</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H6" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="I6" t="s">
-        <v>56</v>
-[...11 lines deleted...]
-        <v>59</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
         <v>60</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>61</v>
       </c>
-      <c r="F7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I7" t="s">
-        <v>64</v>
-[...8 lines deleted...]
-        <v>66</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="H8" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="I8" t="s">
-        <v>71</v>
-[...11 lines deleted...]
-        <v>74</v>
+        <v>41</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="B9" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="H9" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="I9" t="s">
-        <v>79</v>
-[...5 lines deleted...]
-        <v>80</v>
+        <v>41</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>71</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>72</v>
+      </c>
+      <c r="H10" t="s">
+        <v>73</v>
+      </c>
+      <c r="I10" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>36</v>
+      </c>
+      <c r="B11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>75</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>76</v>
+      </c>
+      <c r="H11" t="s">
+        <v>77</v>
+      </c>
+      <c r="I11" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>79</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>80</v>
+      </c>
+      <c r="H12" t="s">
         <v>81</v>
       </c>
+      <c r="I12" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>36</v>
+      </c>
+      <c r="B13" t="s">
+        <v>82</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>83</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>84</v>
+      </c>
+      <c r="H13" t="s">
+        <v>85</v>
+      </c>
+      <c r="I13" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>36</v>
+      </c>
+      <c r="B14" t="s">
+        <v>86</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>87</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>88</v>
+      </c>
+      <c r="H14" t="s">
+        <v>89</v>
+      </c>
+      <c r="I14" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>36</v>
+      </c>
+      <c r="B15" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>91</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>92</v>
+      </c>
+      <c r="H15" t="s">
+        <v>93</v>
+      </c>
+      <c r="I15" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" t="s">
+        <v>94</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>95</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>96</v>
+      </c>
+      <c r="H16" t="s">
+        <v>97</v>
+      </c>
+      <c r="I16" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
+        <v>98</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>99</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>100</v>
+      </c>
+      <c r="H17" t="s">
+        <v>101</v>
+      </c>
+      <c r="I17" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>36</v>
+      </c>
+      <c r="B18" t="s">
+        <v>102</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>104</v>
+      </c>
+      <c r="H18" t="s">
+        <v>105</v>
+      </c>
+      <c r="I18" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>36</v>
+      </c>
+      <c r="B19" t="s">
+        <v>106</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>107</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>108</v>
+      </c>
+      <c r="H19" t="s">
+        <v>109</v>
+      </c>
+      <c r="I19" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" t="s">
+        <v>110</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>111</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>112</v>
+      </c>
+      <c r="H20" t="s">
+        <v>113</v>
+      </c>
+      <c r="I20" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>36</v>
+      </c>
+      <c r="B21" t="s">
+        <v>114</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>115</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>116</v>
+      </c>
+      <c r="H21" t="s">
+        <v>117</v>
+      </c>
+      <c r="I21" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>36</v>
+      </c>
+      <c r="B22" t="s">
+        <v>118</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>119</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>120</v>
+      </c>
+      <c r="H22" t="s">
+        <v>121</v>
+      </c>
+      <c r="I22" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>36</v>
+      </c>
+      <c r="B23" t="s">
+        <v>122</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>123</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>124</v>
+      </c>
+      <c r="H23" t="s">
+        <v>125</v>
+      </c>
+      <c r="I23" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>36</v>
+      </c>
+      <c r="B24" t="s">
+        <v>126</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>127</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>128</v>
+      </c>
+      <c r="H24" t="s">
+        <v>129</v>
+      </c>
+      <c r="I24" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>36</v>
+      </c>
+      <c r="B25" t="s">
+        <v>130</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>131</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>132</v>
+      </c>
+      <c r="H25" t="s">
+        <v>133</v>
+      </c>
+      <c r="I25" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>36</v>
+      </c>
+      <c r="B26" t="s">
+        <v>134</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>135</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>136</v>
+      </c>
+      <c r="H26" t="s">
+        <v>137</v>
+      </c>
+      <c r="I26" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>36</v>
+      </c>
+      <c r="B27" t="s">
+        <v>138</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>139</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>140</v>
+      </c>
+      <c r="H27" t="s">
+        <v>141</v>
+      </c>
+      <c r="I27" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>36</v>
+      </c>
+      <c r="B28" t="s">
+        <v>142</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>143</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>144</v>
+      </c>
+      <c r="H28" t="s">
+        <v>145</v>
+      </c>
+      <c r="I28" t="s">
+        <v>41</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>146</v>
+      </c>
+      <c r="B2" t="s">
+        <v>147</v>
+      </c>
+      <c r="C2" t="s">
+        <v>148</v>
+      </c>
+      <c r="D2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E2" t="s">
+        <v>150</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>151</v>
+      </c>
+      <c r="H2" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B3" t="s">
+        <v>153</v>
+      </c>
+      <c r="C3" t="s">
+        <v>153</v>
+      </c>
+      <c r="D3" t="s">
+        <v>154</v>
+      </c>
+      <c r="E3" t="s">
+        <v>155</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>156</v>
+      </c>
+      <c r="H3" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>146</v>
+      </c>
+      <c r="B4" t="s">
+        <v>158</v>
+      </c>
+      <c r="C4" t="s">
+        <v>159</v>
+      </c>
+      <c r="D4" t="s">
+        <v>160</v>
+      </c>
+      <c r="E4" t="s">
+        <v>161</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>162</v>
+      </c>
+      <c r="H4" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>146</v>
+      </c>
+      <c r="B5" t="s">
+        <v>164</v>
+      </c>
+      <c r="C5" t="s">
+        <v>165</v>
+      </c>
+      <c r="D5" t="s">
+        <v>166</v>
+      </c>
+      <c r="E5" t="s">
+        <v>167</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>168</v>
+      </c>
+      <c r="H5" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>146</v>
+      </c>
+      <c r="B6" t="s">
+        <v>170</v>
+      </c>
+      <c r="C6" t="s">
+        <v>171</v>
+      </c>
+      <c r="D6" t="s">
+        <v>172</v>
+      </c>
+      <c r="E6" t="s">
+        <v>173</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>174</v>
+      </c>
+      <c r="H6" t="s">
+        <v>175</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>176</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>178</v>
+      </c>
+      <c r="B2" t="s">
+        <v>179</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>180</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>181</v>
+      </c>
+      <c r="H2" t="s">
+        <v>182</v>
+      </c>
+      <c r="I2" t="s">
+        <v>183</v>
+      </c>
+      <c r="J2" t="s">
+        <v>184</v>
+      </c>
+      <c r="K2" t="s">
+        <v>185</v>
+      </c>
+      <c r="L2" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B3" t="s">
+        <v>187</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>188</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>189</v>
+      </c>
+      <c r="H3" t="s">
+        <v>190</v>
+      </c>
+      <c r="I3" t="s">
+        <v>191</v>
+      </c>
+      <c r="J3" t="s">
+        <v>192</v>
+      </c>
+      <c r="K3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M3" t="s">
+        <v>194</v>
+      </c>
+      <c r="N3" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>178</v>
+      </c>
+      <c r="B4" t="s">
+        <v>196</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>197</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>198</v>
+      </c>
+      <c r="H4" t="s">
+        <v>199</v>
+      </c>
+      <c r="I4" t="s">
+        <v>200</v>
+      </c>
+      <c r="J4" t="s">
+        <v>192</v>
+      </c>
+      <c r="K4" t="s">
+        <v>201</v>
+      </c>
+      <c r="L4" t="s">
+        <v>202</v>
+      </c>
+      <c r="M4" t="s">
+        <v>203</v>
+      </c>
+      <c r="N4" t="s">
+        <v>204</v>
+      </c>
+      <c r="O4" t="s">
+        <v>205</v>
+      </c>
+      <c r="P4" t="s">
+        <v>206</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>207</v>
+      </c>
+      <c r="R4" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>178</v>
+      </c>
+      <c r="B5" t="s">
+        <v>209</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>210</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>211</v>
+      </c>
+      <c r="H5" t="s">
+        <v>212</v>
+      </c>
+      <c r="I5" t="s">
+        <v>213</v>
+      </c>
+      <c r="J5" t="s">
+        <v>214</v>
+      </c>
+      <c r="K5" t="s">
+        <v>215</v>
+      </c>
+      <c r="L5" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>178</v>
+      </c>
+      <c r="B6" t="s">
+        <v>217</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>218</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>219</v>
+      </c>
+      <c r="H6" t="s">
+        <v>220</v>
+      </c>
+      <c r="I6" t="s">
+        <v>221</v>
+      </c>
+      <c r="J6" t="s">
+        <v>192</v>
+      </c>
+      <c r="K6" t="s">
+        <v>222</v>
+      </c>
+      <c r="L6" t="s">
+        <v>223</v>
+      </c>
+      <c r="M6" t="s">
+        <v>224</v>
+      </c>
+      <c r="N6" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>178</v>
+      </c>
+      <c r="B7" t="s">
+        <v>226</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>227</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>228</v>
+      </c>
+      <c r="H7" t="s">
+        <v>229</v>
+      </c>
+      <c r="I7" t="s">
+        <v>230</v>
+      </c>
+      <c r="J7" t="s">
+        <v>192</v>
+      </c>
+      <c r="K7" t="s">
+        <v>231</v>
+      </c>
+      <c r="L7" t="s">
+        <v>232</v>
+      </c>
+      <c r="M7" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>178</v>
+      </c>
+      <c r="B8" t="s">
+        <v>234</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>235</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>236</v>
+      </c>
+      <c r="H8" t="s">
+        <v>237</v>
+      </c>
+      <c r="I8" t="s">
+        <v>238</v>
+      </c>
+      <c r="J8" t="s">
+        <v>192</v>
+      </c>
+      <c r="K8" t="s">
+        <v>239</v>
+      </c>
+      <c r="L8" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>178</v>
+      </c>
+      <c r="B9" t="s">
+        <v>241</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>242</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>243</v>
+      </c>
+      <c r="H9" t="s">
+        <v>244</v>
+      </c>
+      <c r="I9" t="s">
+        <v>245</v>
+      </c>
+      <c r="J9" t="s">
+        <v>192</v>
+      </c>
+      <c r="K9" t="s">
+        <v>246</v>
+      </c>
+      <c r="L9" t="s">
+        <v>247</v>
+      </c>
+      <c r="M9" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>178</v>
+      </c>
+      <c r="B10" t="s">
+        <v>249</v>
+      </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>82</v>
+        <v>250</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>83</v>
+        <v>251</v>
       </c>
       <c r="H10" t="s">
-        <v>84</v>
+        <v>252</v>
       </c>
       <c r="I10" t="s">
-        <v>85</v>
+        <v>253</v>
       </c>
       <c r="J10" t="s">
-        <v>18</v>
+        <v>192</v>
       </c>
       <c r="K10" t="s">
-        <v>86</v>
+        <v>254</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>178</v>
+      </c>
+      <c r="B11" t="s">
+        <v>255</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>256</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>257</v>
+      </c>
+      <c r="H11" t="s">
+        <v>258</v>
+      </c>
+      <c r="I11" t="s">
+        <v>259</v>
+      </c>
+      <c r="J11" t="s">
+        <v>192</v>
+      </c>
+      <c r="K11" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>178</v>
+      </c>
+      <c r="B12" t="s">
+        <v>261</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>262</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>263</v>
+      </c>
+      <c r="H12" t="s">
+        <v>264</v>
+      </c>
+      <c r="I12" t="s">
+        <v>265</v>
+      </c>
+      <c r="J12" t="s">
+        <v>192</v>
+      </c>
+      <c r="K12" t="s">
+        <v>266</v>
+      </c>
+      <c r="L12" t="s">
+        <v>267</v>
+      </c>
+      <c r="M12" t="s">
+        <v>268</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>