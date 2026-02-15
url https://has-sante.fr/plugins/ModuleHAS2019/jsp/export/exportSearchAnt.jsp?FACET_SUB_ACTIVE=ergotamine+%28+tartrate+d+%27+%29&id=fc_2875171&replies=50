--- v0 (2025-11-04)
+++ v1 (2026-02-15)
@@ -1,124 +1,124 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Substance active (DCI)</t>
-[...8 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>GYNERGENE CAFEINE (caféine/ ergotamine (tartrate d'))</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>30/05/2017 17:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983608/fr/gynergene-cafeine-cafeine/-ergotamine-tartrate-d</t>
+    <t>05/30/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983608/en/gynergene-cafeine-cafeine/-ergotamine-tartrate-d</t>
   </si>
   <si>
     <t>pprd_2983608</t>
   </si>
   <si>
     <t>caféine,ergotamine (tartrate d')</t>
   </si>
   <si>
     <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_455464/fr/gynergene-cafeine-cafeine/-ergotamine-tartrate-d</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2770184/fr/gynergene-cafeine-cafeine/-ergotamine-tartrate-d</t>
+    <t>https://www.has-sante.fr/jcms/c_455464/en/gynergene-cafeine-cafeine/-ergotamine-tartrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1256027/en/gynergene-cafeine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770184/en/gynergene-cafeine-cafeine/-ergotamine-tartrate-d</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">