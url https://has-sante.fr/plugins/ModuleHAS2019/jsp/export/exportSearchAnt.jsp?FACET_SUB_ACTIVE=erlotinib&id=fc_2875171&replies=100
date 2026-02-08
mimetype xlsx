--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,413 +1,203 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="191" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="32">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>16/03/2015 10:36:00</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Companion diagnostic test associated with a targeted therapy: definitions and assessment method</t>
+  </si>
+  <si>
+    <t>Stratified medicine is a therapeutic approach based on drug/diagnostic test associations. The objective of the diagnostic test is to use a marker predictive for the effect of the treatment in order to select the patients to whom it is administered so as to treat only the subpopulation that will benefit from it. In this context, demonstrating the efficacy of the treatment in a limited subpopulation identified by its status for the marker logically leads to the prescription of the treatment being restricted to this subpopulation in its marketing authorisation, making this test a regulatory requirement.</t>
+  </si>
+  <si>
+    <t>02/19/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2014 15:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1696038/fr/conditions-du-developpement-de-la-chimiotherapie-en-hospitalisation-a-domicile</t>
-[...215 lines deleted...]
-    <t>Médicament</t>
+    <t>https://www.has-sante.fr/jcms/c_1735034/en/companion-diagnostic-test-associated-with-a-targeted-therapy-definitions-and-assessment-method</t>
+  </si>
+  <si>
+    <t>c_1735034</t>
+  </si>
+  <si>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>TARCEVA (erlotinib)</t>
   </si>
   <si>
-    <t>22/02/2019 11:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982947/fr/tarceva-erlotinib</t>
+    <t>02/22/2019 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982947/en/tarceva-erlotinib</t>
   </si>
   <si>
     <t>pprd_2982947</t>
   </si>
   <si>
     <t>erlotinib</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400947/fr/tarceva-erlotinib</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2892930/fr/tarceva-erlotinib-inhibiteur-de-tyrosine-kinase</t>
+    <t>https://www.has-sante.fr/jcms/c_400947/en/tarceva</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657256/en/tarceva</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1070973/en/tarceva</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1260373/en/tarceva</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559915/en/tarceva-erlotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892930/en/tarceva-erlotinib-tyrosine-kinase-inhibitor</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -434,654 +224,134 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
-[...518 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="J1" t="s">
-        <v>84</v>
+        <v>17</v>
       </c>
       <c r="K1" t="s">
-        <v>85</v>
+        <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>86</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>87</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>88</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>89</v>
+        <v>22</v>
       </c>
       <c r="H2" t="s">
-        <v>90</v>
+        <v>23</v>
       </c>
       <c r="I2" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="J2" t="s">
-        <v>92</v>
+        <v>25</v>
       </c>
       <c r="K2" t="s">
-        <v>93</v>
+        <v>26</v>
       </c>
       <c r="L2" t="s">
-        <v>94</v>
+        <v>27</v>
       </c>
       <c r="M2" t="s">
-        <v>95</v>
+        <v>28</v>
       </c>
       <c r="N2" t="s">
-        <v>96</v>
+        <v>29</v>
       </c>
       <c r="O2" t="s">
-        <v>97</v>
+        <v>30</v>
       </c>
       <c r="P2" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>