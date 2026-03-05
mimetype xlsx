--- v1 (2026-01-17)
+++ v2 (2026-03-05)
@@ -1,1124 +1,298 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2025 14:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/12/2025 11:04:00</t>
-[...71 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
+    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
-[...86 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3211966/fr/stimulation-magnetique-transcranienne-dans-le-traitement-de-la-depression-de-l-adulte</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Transcranial magnetic stimulation (rTMS) in the treatment of adult treatment-resistant depression</t>
+  </si>
+  <si>
+    <t>Aim The aim of the assessment was to: assess the efficacy and safety of conventional rTMS as adjuvant therapy to the standard therapeutic strategy for treatment-resistant depression during two different treatment phases: acute phase (course of treatment) and consolidation phase (maintenance sessions); compare the new therapeutic strategy including rTMS (alongside medication and psychotherapy) to the two current conventional strategies for treatment-resistant depression: pharmacological optimisation plus psychotherapy in most cases, or use of electroconvulsive therapy in specific cases; compare the organisational impact of the new therapeutic strategy with rTMS to the current conventional strategies.</t>
+  </si>
+  <si>
+    <t>07/21/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/25/2022 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211966/en/transcranial-magnetic-stimulation-rtms-in-the-treatment-of-adult-treatment-resistant-depression</t>
   </si>
   <si>
     <t>p_3211966</t>
-  </si>
-[...91 lines deleted...]
-    <t>c_1099657</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>25</v>
-[...15 lines deleted...]
-      <c r="E5" t="s">
         <v>28</v>
-      </c>
-[...546 lines deleted...]
-        <v>111</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>