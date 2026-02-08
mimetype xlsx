--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,1759 +1,718 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="921" uniqueCount="544">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="309" uniqueCount="202">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>17/05/2017 17:10:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2768510/fr/place-des-tests-adn-libre-circulant-dans-le-sang-maternel-dans-le-depistage-de-la-trisomie-21-foetale</t>
-[...92 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
-    <t>Parcours de transition des personnes transgenres - Note de cadrage</t>
-[...212 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Les traitements hormonaux substitutifs de la ménopause</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272308/fr/les-traitements-hormonaux-substitutifs-de-la-menopause</t>
+    <t>Hormone replacement therapy at menopause</t>
+  </si>
+  <si>
+    <t>The objectives of the report are : 1. Provide guidance on hormone replacement therapy during the menopause and on the provision of information for women and health professionals 2. Draw conclusions and produce guidelines for health professionals 3. Draft key messages for women</t>
+  </si>
+  <si>
+    <t>05/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272308/en/hormone-replacement-therapy-at-menopause</t>
   </si>
   <si>
     <t>c_272308</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...578 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983475/fr/divina-duova-acetate-de-medroxyprogesterone/valerate-d-estradiol</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>DIVINA - DUOVA (médroxyprogestérone (acétate de)/ valérate d'estradiol)</t>
+  </si>
+  <si>
+    <t>10/14/2025 15:11:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983475/en/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
   </si>
   <si>
     <t>pprd_2983475</t>
   </si>
   <si>
     <t>acétate de médroxyprogestérone,valérate d'estradiol</t>
   </si>
   <si>
     <t>ORION PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_817325/fr/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983866/fr/estreva-femsept-femseptevo-femseptcombi-estradiol-hemihydrate/levonorgestrel</t>
+    <t>https://www.has-sante.fr/jcms/c_817325/en/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753126/en/divina-duova</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806292/en/divina-duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545492/en/duova-medroxyprogesterone-acetate-de-/-valerate-d-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399421/en/duova-1-mg-/-2-5-mg-comprime-duova-1-mg-/-5-mg-comprime-duova-2-mg-/-5-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689712/en/reevaluation-des-specialites-indiquees-dans-le-traitement-hormonal-de-la-menopause-estradiol-estriol-tibolone-acetate-de-cyproterone-dydrogesterone-levonorgestrel-medrogestone-medroxyprogesterone-acetate-de-norethisterone-progesterone</t>
+  </si>
+  <si>
+    <t>FEMSEPT - FEMSEPTEVO - FEMSEPTCOMBI - ESTREVA (estradiol hémihydraté/ lévonorgestrel)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983866/en/femsept-femseptevo-femseptcombi-estreva-estradiol-hemihydrate/-levonorgestrel</t>
   </si>
   <si>
     <t>pprd_2983866</t>
   </si>
   <si>
     <t>estradiol hémihydraté,lévonorgestrel</t>
   </si>
   <si>
     <t>THERAMEX</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398935/fr/femsept-estradiol-hemihydrate/-levonorgestrel</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400304/fr/femseptevo-50-microgrammes-/-7-microgrammes-/-24-heures-dispositif-transdermique-4-sachets-code-cip-367-594-5</t>
+    <t>https://www.has-sante.fr/jcms/c_398935/en/femsept-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544868/en/femsept-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046823/en/femsept-femseptcombi-femseptevo-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682480/en/femsept-femseptevo-femseptcombi-estreva-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753187/en/estreva-femsept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544976/en/estreva-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399376/en/estreva-0-1-gel-transdermique-flacon-tube-de-50-g-100-doses-avec-pompe-doseuse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753135/en/femseptcombi-femseptevo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544855/en/femseptcombi-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398934/en/femseptcombi-50-g/-10-g/-24-heures-dispositif-transdermique-en-sachet-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400304/en/femseptevo-50-microgrammes-/-7-microgrammes-/-24-heures-dispositif-transdermique-4-sachets-code-cip-367-594-5</t>
   </si>
   <si>
     <t>PROVAMES (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983947/fr/provames-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983947/en/provames-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2983947</t>
   </si>
   <si>
     <t>estradiol hémihydraté</t>
   </si>
   <si>
     <t>NORGINE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399162/fr/provames-1-mg-comprime-pellicule-boite-de-30</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984124/fr/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/acetate-de-norethisterone</t>
+    <t>https://www.has-sante.fr/jcms/c_399162/en/provames-1-mg-comprime-pellicule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544883/en/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058653/en/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753171/en/provames</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2672236/en/provames-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>ACTIVELLE - KLIOGEST - NOVOFEMME - TRISEQUENS (estradiol hémihydraté/ noréthistérone (acétate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984124/en/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
   </si>
   <si>
     <t>pprd_2984124</t>
   </si>
   <si>
     <t>estradiol hémihydraté,acétate de noréthistérone</t>
   </si>
   <si>
     <t>NOVO NORDISK</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_544823/fr/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399057/fr/trisequens-comprimes-pellicules-distributeur-journalier-de-28-comprimes</t>
+    <t>https://www.has-sante.fr/jcms/c_544823/en/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048378/en/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753539/en/activelle</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627645/en/activelle-kliogest-novofemme-trisequens-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753165/en/kliogest-novefemme-trisequens</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398979/en/kliogest-comprimes-pellicules-distributeur-journalier-de-28-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399506/en/novofemme-estradiol-hemihydrate/-norethisterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399057/en/trisequens-comprimes-pellicules-distributeur-journalier-de-28-comprimes</t>
   </si>
   <si>
     <t>OESCLIM - OROMONE (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984292/fr/oesclim-oromone-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984292/en/oesclim-oromone-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984292</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398948/fr/oesclim-estradiol-hemihydrate</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984293/fr/climaston-dydrogesterone/estradiol</t>
+    <t>https://www.has-sante.fr/jcms/c_398948/en/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544874/en/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046772/en/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753177/en/oesclim-oromone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580477/en/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834956/en/oromone-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400076/en/oromone-2-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>CLIMASTON (dydrogestérone/ estradiol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984293/en/climaston-dydrogesterone/-estradiol</t>
   </si>
   <si>
     <t>pprd_2984293</t>
   </si>
   <si>
     <t>dydrogestérone,estradiol</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398873/fr/climaston-2-mg-/-10-mg-comprime-pellicule-boite-de-28-climaston-1-mg-/-10-mg-comprime-pellicule-boite-de-28</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984344/fr/climene-valerate-d-estradiol/acetate-de-cyproterone</t>
+    <t>https://www.has-sante.fr/jcms/c_398873/en/climaston-2-mg-/-10-mg-comprime-pellicule-boite-de-28-climaston-1-mg-/-10-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398872/en/climaston-1-mg/-5-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400300/en/climaston-1-mg/10-mg-climaston-1-mg/5-mg-climaston-2-mg/10-mg-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544838/en/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048927/en/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752094/en/climaston</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753193/en/climaston</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580474/en/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>CLIMENE (valérate d'estradiol 2 mg /acétate de cyprotérone 1 mg/ cyprotérone (a...)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984344/en/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
   </si>
   <si>
     <t>pprd_2984344</t>
   </si>
   <si>
     <t>valérate d'estradiol,acétate de cyprotérone</t>
   </si>
   <si>
     <t>BAYER HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1048372/fr/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984426/fr/oestrogel-oestrodose-thais-thaissept-estradiol/estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_1048372/en/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753174/en/climene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569074/en/climene-valerate-d-estradiol-2-mg-/acetate-de-cyproterone-1-mg/-cyproterone-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400769/en/climene-comprime-enrobe-b/21-11-blancs-et-10-roses-cip-336-043-7</t>
+  </si>
+  <si>
+    <t>OESTROGEL - OESTRODOSE - THAIS - THAISSEPT (estradiol/ estradiol hémihydraté/ oestrodose 0,06%,/ oestrogel 0,06%,/...)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984426/en/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
   </si>
   <si>
     <t>pprd_2984426</t>
   </si>
   <si>
     <t>estradiol,estradiol hémihydraté</t>
   </si>
   <si>
     <t>BESINS HEALTHCARE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1046775/fr/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_398903/fr/oestrodose-0-06-gel-pour-application-cutanee-en-flacon-avec-pompe-doseuse-flacon-de-80-g-64-doses</t>
+    <t>https://www.has-sante.fr/jcms/c_1046775/en/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753153/en/oestrogel-oestrodose-thais-thaissept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2058267/en/oestrogel-oestrodose-thais-thaissept-estradiol/-estradiol-hemihydrate/-oestrodose-0-06-/-oestrogel-0-06-/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398903/en/oestrodose-0-06-gel-pour-application-cutanee-en-flacon-avec-pompe-doseuse-flacon-de-80-g-64-doses</t>
   </si>
   <si>
     <t>DERMESTRIL - DERMESTRIL SEPTEM (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984501/fr/dermestril-dermestril-septem-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984501/en/dermestril-dermestril-septem-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984501</t>
   </si>
   <si>
     <t>VIATRIS SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400704/fr/dermestril-estradiol-hemihydrate</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3343837/fr/ryeqo-relugolix/estradiol/acetate-de-norethisterone</t>
+    <t>https://www.has-sante.fr/jcms/c_400704/en/dermestril-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_901524/en/dermestril-dermestril-septem-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753183/en/dermestril-dermestril-septem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040742/en/dermestril-dermestril-septem-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>RYEQO (rélugolix/estradiol/noréthistérone)</t>
+  </si>
+  <si>
+    <t>10/31/2024 16:51:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343837/en/ryeqo-relugolix/estradiol/norethisterone</t>
   </si>
   <si>
     <t>p_3343837</t>
   </si>
   <si>
     <t>rélugolix,estradiol,acétate de noréthistérone</t>
   </si>
   <si>
     <t>GEDEON RICHTER FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3341327/fr/ryeqo-relugolix/norethisterone/estradiol</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3554612/fr/ryeqo-relugolix/estradiol/acetate-de-norethisterone-endometriose-fibromes-uterins</t>
+    <t>https://www.has-sante.fr/jcms/p_3341327/en/ryeqo-relugolix/norethisterone/estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530112/en/ryeqo-relugolix/estradiol/norethisterone-acetate-endometriosis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554612/en/ryeqo-relugolix/estradiol/norethisterone-acetate-endometriosis-uterine-fibroids</t>
   </si>
   <si>
     <t>CLIMODIENE (valérate d'estradiol/ diénogest)</t>
   </si>
   <si>
-    <t>27/11/2017 14:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983474/fr/climodiene-valerate-d-estradiol/-dienogest</t>
+    <t>11/27/2017 14:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983474/en/climodiene-valerate-d-estradiol/-dienogest</t>
   </si>
   <si>
     <t>pprd_2983474</t>
   </si>
   <si>
     <t>valérate d'estradiol,diénogest</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399416/fr/climodiene-2-mg-/-2-mg-comprime-boite-de-28</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2806906/fr/climodiene-valerate-d-estradiol/-dienogest</t>
+    <t>https://www.has-sante.fr/jcms/c_399416/en/climodiene-2-mg-/-2-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574365/en/climodiene-valerate-d-estradiol/-dienogest</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753141/en/climodiene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806906/en/climodiene-valerate-d-estradiol/-dienogest</t>
   </si>
   <si>
     <t>ESTRAPATCH (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>07/11/2016 09:06:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983884/fr/estrapatch-estradiol-hemihydrate</t>
+    <t>11/07/2016 09:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983884/en/estrapatch-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2983884</t>
   </si>
   <si>
     <t>PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399136/fr/estrapatch-40-g/24h-dispositif-transdermique-estrapatch-60-g/24h-dispositif-transdermique-boite-de-4</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680866/fr/estrapatch-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_399136/en/estrapatch-40-g/24h-dispositif-transdermique-estrapatch-60-g/24h-dispositif-transdermique-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399789/en/estrapatch-80-g/24-heures-dispositif-transdermique-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544965/en/estrapatch-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753529/en/estrapatch</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680866/en/estrapatch-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>DELIDOSE (estradiol hémihydraté)</t>
   </si>
   <si>
     <t>07/07/2015 13:53:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984492/fr/delidose-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984492/en/delidose-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984492</t>
   </si>
   <si>
     <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400158/fr/delidose-estradiol-hemihydrate</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2041943/fr/delidose-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_400158/en/delidose-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900512/en/delidose-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753129/en/delidose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041943/en/delidose-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>CLIMARA (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>16/07/2014 10:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984733/fr/climara-estradiol-hemihydrate</t>
+    <t>07/16/2014 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984733/en/climara-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984733</t>
   </si>
   <si>
     <t>BAYER SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398871/fr/climara-50-microgrammes-/-24-heures-dispositif-transdermique-boite-de-4</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1753536/fr/climara-estradiol-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_398871/en/climara-50-microgrammes-/-24-heures-dispositif-transdermique-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544847/en/climara-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058667/en/climara-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753536/en/climara</t>
   </si>
   <si>
     <t>ESTRADERM - VIVELLEDOT (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t>21/10/2015 10:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984738/fr/estraderm-vivelledot-estradiol-hemihydrate</t>
+    <t>10/21/2015 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984738/en/estraderm-vivelledot-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984738</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400708/fr/estraderm-tts-25-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-726-5-estraderm-tts-50-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-729-4-estraderm-tts-100-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-732-5</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399598/fr/vivelledot-37-5-g/24-h-dispositif-transdermique-vivelledot-50-g/24-h-dispositif-transdermique-vivelledot-75-g/24-h-dispositif-transdermique-vivelledot-100-g/24-h-dispositif-transdermique-boite-de-8</t>
+    <t>https://www.has-sante.fr/jcms/c_400708/en/estraderm-tts-25-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-726-5-estraderm-tts-50-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-729-4-estraderm-tts-100-g/24-heures-dispositif-transdermique-boites-de-8-sachets-code-cip-329-732-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046793/en/estraderm-tts-vivelledot-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753196/en/estraderm-vivelledot</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564435/en/vivelledot-n/r/-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399598/en/vivelledot-37-5-g/24-h-dispositif-transdermique-vivelledot-50-g/24-h-dispositif-transdermique-vivelledot-75-g/24-h-dispositif-transdermique-vivelledot-100-g/24-h-dispositif-transdermique-boite-de-8</t>
   </si>
   <si>
     <t>NAEMIS (estradiol hémihydraté/ nomégestrol (acétate de))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984742/fr/naemis-estradiol-hemihydrate/-nomegestrol-acetate-de</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984742/en/naemis-estradiol-hemihydrate/-nomegestrol-acetate-de</t>
   </si>
   <si>
     <t>pprd_2984742</t>
   </si>
   <si>
     <t>estradiol hémihydraté,nomégestrol (acétate de)</t>
   </si>
   <si>
     <t>TEVA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_594667/fr/naemis-estradiol-hemihydrate/-nomegestrol-acetate-de</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399641/fr/naemis-comprime-boite-de-24</t>
+    <t>https://www.has-sante.fr/jcms/c_594667/en/naemis-estradiol-hemihydrate/-nomegestrol-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753147/en/naemis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399641/en/naemis-comprime-boite-de-24</t>
   </si>
   <si>
     <t>AVADENE (estradiol hémihydraté/ gestodène)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984743/fr/avadene-estradiol-hemihydrate/-gestodene</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984743/en/avadene-estradiol-hemihydrate/-gestodene</t>
   </si>
   <si>
     <t>pprd_2984743</t>
   </si>
   <si>
     <t>estradiol hémihydraté,gestodène</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399479/fr/avadene-estradiol-hemihydrate/-gestodene</t>
-[...176 lines deleted...]
-    <t>c_1322400</t>
+    <t>https://www.has-sante.fr/jcms/c_399479/en/avadene-estradiol-hemihydrate/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545506/en/avadene-estradiol-hemihydrate/-gestodene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753144/en/avadene</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1819,2974 +778,924 @@
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="5">
-[...50 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:V18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J1" t="s">
+        <v>29</v>
+      </c>
+      <c r="K1" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H2" t="s">
+        <v>35</v>
+      </c>
+      <c r="I2" t="s">
+        <v>36</v>
+      </c>
+      <c r="J2" t="s">
+        <v>37</v>
+      </c>
+      <c r="K2" t="s">
+        <v>38</v>
+      </c>
+      <c r="L2" t="s">
+        <v>39</v>
+      </c>
+      <c r="M2" t="s">
         <v>40</v>
       </c>
-      <c r="B2" t="s">
+      <c r="N2" t="s">
         <v>41</v>
       </c>
-      <c r="C2" t="s">
+      <c r="O2" t="s">
         <v>42</v>
       </c>
-      <c r="D2" t="s">
+      <c r="P2" t="s">
         <v>43</v>
-      </c>
-[...10 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="B3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>45</v>
+      </c>
+      <c r="H3" t="s">
+        <v>46</v>
+      </c>
+      <c r="I3" t="s">
         <v>47</v>
       </c>
-      <c r="C3" t="s">
+      <c r="J3" t="s">
         <v>48</v>
       </c>
-      <c r="D3" t="s">
+      <c r="K3" t="s">
         <v>49</v>
       </c>
-      <c r="E3" t="s">
+      <c r="L3" t="s">
         <v>50</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="M3" t="s">
         <v>51</v>
       </c>
-      <c r="H3" t="s">
+      <c r="N3" t="s">
         <v>52</v>
+      </c>
+      <c r="O3" t="s">
+        <v>53</v>
+      </c>
+      <c r="P3" t="s">
+        <v>54</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>55</v>
+      </c>
+      <c r="R3" t="s">
+        <v>56</v>
+      </c>
+      <c r="S3" t="s">
+        <v>57</v>
+      </c>
+      <c r="T3" t="s">
+        <v>58</v>
+      </c>
+      <c r="U3" t="s">
+        <v>59</v>
+      </c>
+      <c r="V3" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="B4" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="C4" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>56</v>
+        <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="H4" t="s">
-        <v>58</v>
+        <v>62</v>
+      </c>
+      <c r="I4" t="s">
+        <v>63</v>
+      </c>
+      <c r="J4" t="s">
+        <v>64</v>
+      </c>
+      <c r="K4" t="s">
+        <v>65</v>
+      </c>
+      <c r="L4" t="s">
+        <v>66</v>
+      </c>
+      <c r="M4" t="s">
+        <v>67</v>
+      </c>
+      <c r="N4" t="s">
+        <v>68</v>
+      </c>
+      <c r="O4" t="s">
+        <v>69</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="B5" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="C5" t="s">
-        <v>60</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>62</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="H5" t="s">
-        <v>64</v>
+        <v>72</v>
+      </c>
+      <c r="I5" t="s">
+        <v>73</v>
+      </c>
+      <c r="J5" t="s">
+        <v>74</v>
+      </c>
+      <c r="K5" t="s">
+        <v>75</v>
+      </c>
+      <c r="L5" t="s">
+        <v>76</v>
+      </c>
+      <c r="M5" t="s">
+        <v>77</v>
+      </c>
+      <c r="N5" t="s">
+        <v>78</v>
+      </c>
+      <c r="O5" t="s">
+        <v>79</v>
+      </c>
+      <c r="P5" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>81</v>
+      </c>
+      <c r="R5" t="s">
+        <v>82</v>
+      </c>
+      <c r="S5" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="B6" t="s">
-        <v>65</v>
+        <v>83</v>
       </c>
       <c r="C6" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>62</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>67</v>
+        <v>84</v>
       </c>
       <c r="H6" t="s">
-        <v>68</v>
+        <v>85</v>
+      </c>
+      <c r="I6" t="s">
+        <v>63</v>
+      </c>
+      <c r="J6" t="s">
+        <v>48</v>
+      </c>
+      <c r="K6" t="s">
+        <v>86</v>
+      </c>
+      <c r="L6" t="s">
+        <v>87</v>
+      </c>
+      <c r="M6" t="s">
+        <v>88</v>
+      </c>
+      <c r="N6" t="s">
+        <v>89</v>
+      </c>
+      <c r="O6" t="s">
+        <v>90</v>
+      </c>
+      <c r="P6" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>92</v>
+      </c>
+      <c r="R6" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>93</v>
       </c>
       <c r="C7" t="s">
-        <v>70</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="H7" t="s">
-        <v>73</v>
+        <v>95</v>
+      </c>
+      <c r="I7" t="s">
+        <v>96</v>
+      </c>
+      <c r="J7" t="s">
+        <v>48</v>
+      </c>
+      <c r="K7" t="s">
+        <v>97</v>
+      </c>
+      <c r="L7" t="s">
+        <v>98</v>
+      </c>
+      <c r="M7" t="s">
+        <v>99</v>
+      </c>
+      <c r="N7" t="s">
+        <v>100</v>
+      </c>
+      <c r="O7" t="s">
+        <v>101</v>
+      </c>
+      <c r="P7" t="s">
+        <v>102</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>103</v>
+      </c>
+      <c r="R7" t="s">
+        <v>104</v>
+      </c>
+      <c r="S7" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="B8" t="s">
-        <v>74</v>
+        <v>105</v>
       </c>
       <c r="C8" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="H8" t="s">
-        <v>77</v>
+        <v>107</v>
+      </c>
+      <c r="I8" t="s">
+        <v>108</v>
+      </c>
+      <c r="J8" t="s">
+        <v>109</v>
+      </c>
+      <c r="K8" t="s">
+        <v>110</v>
+      </c>
+      <c r="L8" t="s">
+        <v>111</v>
+      </c>
+      <c r="M8" t="s">
+        <v>112</v>
+      </c>
+      <c r="N8" t="s">
+        <v>113</v>
+      </c>
+      <c r="O8" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="B9" t="s">
-        <v>78</v>
+        <v>114</v>
       </c>
       <c r="C9" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>62</v>
+        <v>33</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>79</v>
+        <v>115</v>
       </c>
       <c r="H9" t="s">
-        <v>80</v>
+        <v>116</v>
+      </c>
+      <c r="I9" t="s">
+        <v>117</v>
+      </c>
+      <c r="J9" t="s">
+        <v>118</v>
+      </c>
+      <c r="K9" t="s">
+        <v>119</v>
+      </c>
+      <c r="L9" t="s">
+        <v>120</v>
+      </c>
+      <c r="M9" t="s">
+        <v>121</v>
+      </c>
+      <c r="N9" t="s">
+        <v>122</v>
+      </c>
+      <c r="O9" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="B10" t="s">
-        <v>81</v>
+        <v>123</v>
       </c>
       <c r="C10" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>83</v>
+        <v>124</v>
       </c>
       <c r="H10" t="s">
-        <v>84</v>
+        <v>125</v>
+      </c>
+      <c r="I10" t="s">
+        <v>63</v>
+      </c>
+      <c r="J10" t="s">
+        <v>126</v>
+      </c>
+      <c r="K10" t="s">
+        <v>127</v>
+      </c>
+      <c r="L10" t="s">
+        <v>128</v>
+      </c>
+      <c r="M10" t="s">
+        <v>129</v>
+      </c>
+      <c r="N10" t="s">
+        <v>130</v>
+      </c>
+      <c r="O10" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="B11" t="s">
-        <v>85</v>
+        <v>131</v>
       </c>
       <c r="C11" t="s">
-        <v>86</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>71</v>
+        <v>132</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>87</v>
+        <v>133</v>
       </c>
       <c r="H11" t="s">
-        <v>88</v>
+        <v>134</v>
+      </c>
+      <c r="I11" t="s">
+        <v>135</v>
+      </c>
+      <c r="J11" t="s">
+        <v>136</v>
+      </c>
+      <c r="K11" t="s">
+        <v>137</v>
+      </c>
+      <c r="L11" t="s">
+        <v>138</v>
+      </c>
+      <c r="M11" t="s">
+        <v>139</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="B12" t="s">
-        <v>89</v>
+        <v>140</v>
       </c>
       <c r="C12" t="s">
-        <v>90</v>
+        <v>13</v>
       </c>
       <c r="D12" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>62</v>
+        <v>141</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>91</v>
+        <v>142</v>
       </c>
       <c r="H12" t="s">
-        <v>92</v>
+        <v>143</v>
+      </c>
+      <c r="I12" t="s">
+        <v>144</v>
+      </c>
+      <c r="J12" t="s">
+        <v>109</v>
+      </c>
+      <c r="K12" t="s">
+        <v>145</v>
+      </c>
+      <c r="L12" t="s">
+        <v>146</v>
+      </c>
+      <c r="M12" t="s">
+        <v>147</v>
+      </c>
+      <c r="N12" t="s">
+        <v>148</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>149</v>
       </c>
       <c r="C13" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="D13" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>62</v>
+        <v>150</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>94</v>
+        <v>151</v>
       </c>
       <c r="H13" t="s">
-        <v>95</v>
+        <v>152</v>
+      </c>
+      <c r="I13" t="s">
+        <v>63</v>
+      </c>
+      <c r="J13" t="s">
+        <v>153</v>
+      </c>
+      <c r="K13" t="s">
+        <v>154</v>
+      </c>
+      <c r="L13" t="s">
+        <v>155</v>
+      </c>
+      <c r="M13" t="s">
+        <v>156</v>
+      </c>
+      <c r="N13" t="s">
+        <v>157</v>
+      </c>
+      <c r="O13" t="s">
+        <v>158</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>96</v>
+        <v>159</v>
       </c>
       <c r="C14" t="s">
-        <v>70</v>
+        <v>13</v>
       </c>
       <c r="D14" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>71</v>
+        <v>160</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>97</v>
+        <v>161</v>
       </c>
       <c r="H14" t="s">
-        <v>98</v>
+        <v>162</v>
+      </c>
+      <c r="I14" t="s">
+        <v>63</v>
+      </c>
+      <c r="J14" t="s">
+        <v>163</v>
+      </c>
+      <c r="K14" t="s">
+        <v>164</v>
+      </c>
+      <c r="L14" t="s">
+        <v>165</v>
+      </c>
+      <c r="M14" t="s">
+        <v>166</v>
+      </c>
+      <c r="N14" t="s">
+        <v>167</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="B15" t="s">
-        <v>99</v>
+        <v>168</v>
       </c>
       <c r="C15" t="s">
-        <v>70</v>
+        <v>13</v>
       </c>
       <c r="D15" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>71</v>
+        <v>169</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>100</v>
+        <v>170</v>
       </c>
       <c r="H15" t="s">
-        <v>101</v>
+        <v>171</v>
+      </c>
+      <c r="I15" t="s">
+        <v>63</v>
+      </c>
+      <c r="J15" t="s">
+        <v>172</v>
+      </c>
+      <c r="K15" t="s">
+        <v>173</v>
+      </c>
+      <c r="L15" t="s">
+        <v>174</v>
+      </c>
+      <c r="M15" t="s">
+        <v>175</v>
+      </c>
+      <c r="N15" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="B16" t="s">
-        <v>102</v>
+        <v>177</v>
       </c>
       <c r="C16" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="D16" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>105</v>
+        <v>178</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>106</v>
+        <v>179</v>
       </c>
       <c r="H16" t="s">
-        <v>107</v>
+        <v>180</v>
+      </c>
+      <c r="I16" t="s">
+        <v>63</v>
+      </c>
+      <c r="J16" t="s">
+        <v>181</v>
+      </c>
+      <c r="K16" t="s">
+        <v>182</v>
+      </c>
+      <c r="L16" t="s">
+        <v>183</v>
+      </c>
+      <c r="M16" t="s">
+        <v>184</v>
+      </c>
+      <c r="N16" t="s">
+        <v>185</v>
+      </c>
+      <c r="O16" t="s">
+        <v>186</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="B17" t="s">
-        <v>108</v>
+        <v>187</v>
       </c>
       <c r="C17" t="s">
-        <v>109</v>
+        <v>13</v>
       </c>
       <c r="D17" t="s">
-        <v>110</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>111</v>
+        <v>169</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>112</v>
+        <v>188</v>
       </c>
       <c r="H17" t="s">
-        <v>113</v>
+        <v>189</v>
+      </c>
+      <c r="I17" t="s">
+        <v>190</v>
+      </c>
+      <c r="J17" t="s">
+        <v>191</v>
+      </c>
+      <c r="K17" t="s">
+        <v>192</v>
+      </c>
+      <c r="L17" t="s">
+        <v>193</v>
+      </c>
+      <c r="M17" t="s">
+        <v>194</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="B18" t="s">
-        <v>114</v>
+        <v>195</v>
       </c>
       <c r="C18" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="D18" t="s">
-        <v>116</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>117</v>
+        <v>169</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>118</v>
+        <v>196</v>
       </c>
       <c r="H18" t="s">
-        <v>119</v>
-[...309 lines deleted...]
-      <c r="C11" t="s">
+        <v>197</v>
+      </c>
+      <c r="I18" t="s">
+        <v>198</v>
+      </c>
+      <c r="J18" t="s">
         <v>172</v>
       </c>
-      <c r="D11" t="s">
-[...141 lines deleted...]
-      <c r="H16" t="s">
+      <c r="K18" t="s">
         <v>199</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B17" t="s">
+      <c r="L18" t="s">
         <v>200</v>
       </c>
-      <c r="C17" t="s">
+      <c r="M18" t="s">
         <v>201</v>
-      </c>
-[...1836 lines deleted...]
-        <v>534</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...90 lines deleted...]
-  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>