--- v0 (2025-11-08)
+++ v1 (2026-02-08)
@@ -1,443 +1,203 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="188" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="32">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>18/11/2015 09:59:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Hormone replacement therapy at menopause</t>
+  </si>
+  <si>
+    <t>The objectives of the report are : 1. Provide guidance on hormone replacement therapy during the menopause and on the provision of information for women and health professionals 2. Draw conclusions and produce guidelines for health professionals 3. Draft key messages for women</t>
+  </si>
+  <si>
+    <t>05/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2004 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2572426/fr/les-performances-des-tests-de-depistage-de-la-trisomie-21-foetale-par-analyse-de-l-adn-libre-circulant</t>
-[...83 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272308/fr/les-traitements-hormonaux-substitutifs-de-la-menopause</t>
+    <t>https://www.has-sante.fr/jcms/c_272308/en/hormone-replacement-therapy-at-menopause</t>
   </si>
   <si>
     <t>c_272308</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...53 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>PHYSIOGINE (estriol)</t>
   </si>
   <si>
-    <t>14/10/2025 15:11:52</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984633/fr/physiogine-estriol</t>
+    <t>10/14/2025 15:11:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984633/en/physiogine-estriol</t>
   </si>
   <si>
     <t>pprd_2984633</t>
   </si>
   <si>
     <t>estriol</t>
   </si>
   <si>
     <t>ASPEN FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_517660/fr/physiogine-estriol</t>
-[...116 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2041949/fr/gydrelle-estriol</t>
+    <t>https://www.has-sante.fr/jcms/c_517660/en/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753162/en/physiogine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2000743/en/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399510/en/physiogine-estriol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456145/en/physiogine-estriol-affections-vulvo-vaginales</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689712/en/reevaluation-des-specialites-indiquees-dans-le-traitement-hormonal-de-la-menopause-estradiol-estriol-tibolone-acetate-de-cyproterone-dydrogesterone-levonorgestrel-medrogestone-medroxyprogesterone-acetate-de-norethisterone-progesterone</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -464,641 +224,134 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K1" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H2" t="s">
-        <v>21</v>
-[...9 lines deleted...]
-      <c r="C3" t="s">
         <v>23</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="I2" t="s">
         <v>24</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="J2" t="s">
         <v>25</v>
       </c>
-      <c r="H3" t="s">
+      <c r="K2" t="s">
         <v>26</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="L2" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
+      <c r="M2" t="s">
         <v>28</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="N2" t="s">
         <v>29</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="O2" t="s">
         <v>30</v>
       </c>
-      <c r="H4" t="s">
+      <c r="P2" t="s">
         <v>31</v>
-      </c>
-[...486 lines deleted...]
-        <v>108</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>