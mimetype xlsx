--- v0 (2026-02-16)
+++ v1 (2026-02-16)
@@ -1,245 +1,731 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="346" uniqueCount="204">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/21/2007 15:10:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Ostéite Chronique Multifocale Récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 12:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
+  </si>
+  <si>
+    <t>p_3689228</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>ALD n° 22 - Polyarthrite rhumatoïde évolutive grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2022 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664454/fr/ald-n-22-polyarthrite-rhumatoide-evolutive-grave</t>
+  </si>
+  <si>
+    <t>c_664454</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Histiocytose langerhansienne (enfant de moins de 18 ans)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'histiocytose Langerhansienne. Il a été élaboré par le Centre de référence des Histiocytoses sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301927/fr/histiocytose-langerhansienne-enfant-de-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>p_3301927</t>
+  </si>
+  <si>
+    <t>Myosite à inclusions sporadique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de myosite à inclusions. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295071/fr/myosite-a-inclusions-sporadique</t>
+  </si>
+  <si>
+    <t>p_3295071</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
+  </si>
+  <si>
+    <t>c_2860688</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles Idiopathiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
+  </si>
+  <si>
+    <t>30/10/2017 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>c_2801939</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636206/fr/maladies-bulleuses-auto-immunes-pemphigoide-cicatricielle</t>
+  </si>
+  <si>
+    <t>c_2636206</t>
+  </si>
+  <si>
+    <t>Déficit en mévalonate kinase (MKD)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge du patient atteint d'un déficit en mévalonate kinase.</t>
+  </si>
+  <si>
+    <t>10/07/2015 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044016/fr/deficit-en-mevalonate-kinase-mkd</t>
+  </si>
+  <si>
+    <t>c_2044016</t>
+  </si>
+  <si>
+    <t>Syndromes périodiques associés à la cryopyrine (CAPS)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint de Syndromes périodiques associés à la cryopyrine (CAPS)</t>
+  </si>
+  <si>
+    <t>27/05/2013 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1545731/fr/syndromes-periodiques-associes-a-la-cryopyrine-caps</t>
+  </si>
+  <si>
+    <t>c_1545731</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 mars 2023</t>
+  </si>
+  <si>
+    <t>09/03/2023 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419579/fr/commission-de-la-transparence-reunion-du-15-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3419579</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 23 juin 2021</t>
+  </si>
+  <si>
+    <t>17/06/2021 18:11:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272474/fr/commission-de-la-transparence-reunion-a-distance-du-23-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3272474</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 5 mai 2021</t>
+  </si>
+  <si>
+    <t>30/04/2021 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263613/fr/commission-de-la-transparence-reunion-a-distance-du-5-mai-2021</t>
+  </si>
+  <si>
+    <t>p_3263613</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 7 avril 2021</t>
+  </si>
+  <si>
+    <t>31/03/2021 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258755/fr/commission-de-la-transparence-reunion-a-distance-du-7-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3258755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 8 juillet 2020</t>
+  </si>
+  <si>
+    <t>02/07/2020 08:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192426/fr/commission-de-la-transparence-reunion-a-distance-du-8-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3192426</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 3 juin 2020</t>
+  </si>
+  <si>
+    <t>28/05/2020 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186837/fr/commission-de-la-transparence-reunion-a-distance-du-3-juin-2020</t>
+  </si>
+  <si>
+    <t>p_3186837</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 2 mars 2016</t>
+  </si>
+  <si>
+    <t>29/02/2016 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2611614/fr/commission-de-la-transparence-reunion-du-2-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2611614</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 mars 2009</t>
+  </si>
+  <si>
+    <t>18/03/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_756836/fr/commission-de-la-transparence-reunion-du-18-mars-2009</t>
+  </si>
+  <si>
+    <t>c_756836</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2017.0199/SEM du 13 décembre 2017 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de l’infliximab dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire de l’infliximab et des spécialités identifiées comme biologiques similaires et inscrites sur la liste de référence des groupes biologiques similaires mentionnée à l’article L. 5121-10-2 du code de la santé publique dans le cadre d’une recommandation temporaire d’utilisation, dans le « Traitement de la maladie de Takayasu répondant aux critères d’Ishikawa et résistant aux traitements conventionnels (corticoïdes et immunosuppresseurs», ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>13/12/2017 10:14:00</t>
+  </si>
+  <si>
+    <t>19/12/2017 15:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814160/fr/decision-n2017-0199/sem-du-13-decembre-2017-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-l-infliximab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2814160</t>
+  </si>
+  <si>
+    <t>DECISION N° 2014.0144/DC du 16 juillet 2014 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de l'infliximab (REMICADE) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire de l’infliximab (REMICADE) dans le cadre d’une recommandation temporaire d’utilisation, ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>16/07/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>29/07/2014 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757268/fr/decision-n-2014-0144/dc-du-16-juillet-2014-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-l-infliximab-remicade-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_1757268</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>ENBREL (etanercept)</t>
   </si>
   <si>
-    <t>09/18/2024 09:19:35</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983439/en/enbrel-etanercept</t>
+    <t>18/09/2024 09:19:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983439/fr/enbrel-etanercept</t>
   </si>
   <si>
     <t>pprd_2983439</t>
   </si>
   <si>
     <t>etanercept</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399628/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-boite-de-4-flacons</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539105/en/enbrel-etanercept-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_399628/fr/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399889/fr/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399962/fr/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400205/fr/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400231/fr/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713130/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684082/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798082/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1245651/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670224/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049871/fr/enbrel-etanercept-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046967/fr/enbrel-etanercept-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671797/fr/enbrel-etanercept-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819294/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076393/fr/enbrel-adulte-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083830/fr/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270036/fr/enbrel-etanercept-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3407525/fr/enbrel-etanercept-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426154/fr/enbrel-etanercept-psoriasis-en-plaques-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539105/fr/enbrel-etanercept-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -266,176 +752,1169 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H20"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" t="s">
+        <v>44</v>
+      </c>
+      <c r="D7" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>55</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>66</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>67</v>
+      </c>
+      <c r="H11" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" t="s">
+        <v>70</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>71</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>72</v>
+      </c>
+      <c r="H12" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>75</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>76</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>77</v>
+      </c>
+      <c r="H13" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" t="s">
+        <v>79</v>
+      </c>
+      <c r="C14" t="s">
+        <v>80</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>81</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>82</v>
+      </c>
+      <c r="H14" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>86</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>87</v>
+      </c>
+      <c r="H15" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" t="s">
+        <v>89</v>
+      </c>
+      <c r="C16" t="s">
+        <v>90</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>91</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>92</v>
+      </c>
+      <c r="H16" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>94</v>
+      </c>
+      <c r="C17" t="s">
+        <v>95</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>96</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>97</v>
+      </c>
+      <c r="H17" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" t="s">
+        <v>99</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>100</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H18" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>16</v>
+      </c>
+      <c r="B19" t="s">
+        <v>103</v>
+      </c>
+      <c r="C19" t="s">
+        <v>104</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>105</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>106</v>
+      </c>
+      <c r="H19" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" t="s">
+        <v>108</v>
+      </c>
+      <c r="C20" t="s">
+        <v>109</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>110</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>111</v>
+      </c>
+      <c r="H20" t="s">
+        <v>112</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>113</v>
+      </c>
+      <c r="B2" t="s">
+        <v>114</v>
+      </c>
+      <c r="C2" t="s">
+        <v>115</v>
+      </c>
+      <c r="D2" t="s">
+        <v>116</v>
+      </c>
+      <c r="E2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>118</v>
+      </c>
+      <c r="H2" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B3" t="s">
+        <v>120</v>
+      </c>
+      <c r="C3" t="s">
+        <v>121</v>
+      </c>
+      <c r="D3" t="s">
+        <v>122</v>
+      </c>
+      <c r="E3" t="s">
+        <v>123</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>124</v>
+      </c>
+      <c r="H3" t="s">
+        <v>125</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>127</v>
+      </c>
+      <c r="B2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>129</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>130</v>
+      </c>
+      <c r="H2" t="s">
+        <v>131</v>
+      </c>
+      <c r="I2" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B3" t="s">
+        <v>133</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>134</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>135</v>
+      </c>
+      <c r="H3" t="s">
+        <v>136</v>
+      </c>
+      <c r="I3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>127</v>
+      </c>
+      <c r="B4" t="s">
+        <v>137</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>138</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>139</v>
+      </c>
+      <c r="H4" t="s">
+        <v>140</v>
+      </c>
+      <c r="I4" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>127</v>
+      </c>
+      <c r="B5" t="s">
+        <v>141</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>142</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>143</v>
+      </c>
+      <c r="H5" t="s">
+        <v>144</v>
+      </c>
+      <c r="I5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>127</v>
+      </c>
+      <c r="B6" t="s">
+        <v>145</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>146</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>147</v>
+      </c>
+      <c r="H6" t="s">
+        <v>148</v>
+      </c>
+      <c r="I6" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>127</v>
+      </c>
+      <c r="B7" t="s">
+        <v>149</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>150</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>151</v>
+      </c>
+      <c r="H7" t="s">
+        <v>152</v>
+      </c>
+      <c r="I7" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>127</v>
+      </c>
+      <c r="B8" t="s">
+        <v>153</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>154</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>155</v>
+      </c>
+      <c r="H8" t="s">
+        <v>156</v>
+      </c>
+      <c r="I8" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>127</v>
+      </c>
+      <c r="B9" t="s">
+        <v>157</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>158</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>159</v>
+      </c>
+      <c r="H9" t="s">
+        <v>160</v>
+      </c>
+      <c r="I9" t="s">
+        <v>132</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>161</v>
+      </c>
+      <c r="B2" t="s">
+        <v>162</v>
+      </c>
+      <c r="C2" t="s">
+        <v>163</v>
+      </c>
+      <c r="D2" t="s">
+        <v>164</v>
+      </c>
+      <c r="E2" t="s">
+        <v>165</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>166</v>
+      </c>
+      <c r="H2" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>161</v>
+      </c>
+      <c r="B3" t="s">
+        <v>168</v>
+      </c>
+      <c r="C3" t="s">
+        <v>169</v>
+      </c>
+      <c r="D3" t="s">
+        <v>170</v>
+      </c>
+      <c r="E3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>172</v>
+      </c>
+      <c r="H3" t="s">
+        <v>173</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AD2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>16</v>
+        <v>174</v>
       </c>
       <c r="J1" t="s">
-        <v>17</v>
+        <v>175</v>
       </c>
       <c r="K1" t="s">
-        <v>18</v>
+        <v>176</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>177</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>178</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>179</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>180</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>181</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>182</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>183</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>184</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>185</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>186</v>
       </c>
       <c r="N2" t="s">
-        <v>29</v>
+        <v>187</v>
       </c>
       <c r="O2" t="s">
-        <v>30</v>
+        <v>188</v>
       </c>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>189</v>
       </c>
       <c r="Q2" t="s">
-        <v>32</v>
+        <v>190</v>
       </c>
       <c r="R2" t="s">
-        <v>33</v>
+        <v>191</v>
       </c>
       <c r="S2" t="s">
-        <v>34</v>
+        <v>192</v>
       </c>
       <c r="T2" t="s">
-        <v>35</v>
+        <v>193</v>
       </c>
       <c r="U2" t="s">
-        <v>36</v>
+        <v>194</v>
       </c>
       <c r="V2" t="s">
-        <v>37</v>
+        <v>195</v>
       </c>
       <c r="W2" t="s">
-        <v>38</v>
+        <v>196</v>
       </c>
       <c r="X2" t="s">
-        <v>39</v>
+        <v>197</v>
       </c>
       <c r="Y2" t="s">
-        <v>40</v>
+        <v>198</v>
       </c>
       <c r="Z2" t="s">
-        <v>41</v>
+        <v>199</v>
       </c>
       <c r="AA2" t="s">
-        <v>42</v>
+        <v>200</v>
       </c>
       <c r="AB2" t="s">
-        <v>43</v>
+        <v>201</v>
       </c>
       <c r="AC2" t="s">
-        <v>44</v>
+        <v>202</v>
       </c>
       <c r="AD2" t="s">
-        <v>45</v>
+        <v>203</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>