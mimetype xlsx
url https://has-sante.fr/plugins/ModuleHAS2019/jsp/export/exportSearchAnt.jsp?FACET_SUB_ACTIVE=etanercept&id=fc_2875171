--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -24,101 +24,116 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
     <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="338" uniqueCount="199">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="346" uniqueCount="204">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
   </si>
   <si>
     <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
   </si>
   <si>
     <t>04/11/2015 00:00:00</t>
   </si>
   <si>
     <t>16/05/2019 16:53:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
   </si>
   <si>
     <t>c_2580906</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Ostéite Chronique Multifocale Récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 12:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
+  </si>
+  <si>
+    <t>p_3689228</t>
   </si>
   <si>
     <t>Hémophilie A acquise</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 15:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
   </si>
   <si>
     <t>p_3594164</t>
   </si>
   <si>
     <t>Artérite à Cellules Géantes (Horton)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>28/03/2024 16:12:00</t>
   </si>
@@ -737,51 +752,51 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -832,129 +847,129 @@
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>25</v>
       </c>
       <c r="H3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>27</v>
       </c>
       <c r="C4" t="s">
         <v>28</v>
       </c>
       <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>29</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>30</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
         <v>33</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>35</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>36</v>
       </c>
       <c r="H5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>38</v>
       </c>
       <c r="C6" t="s">
         <v>39</v>
       </c>
       <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
         <v>40</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>41</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" t="s">
         <v>44</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>46</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>47</v>
       </c>
       <c r="H7" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="s">
         <v>50</v>
       </c>
       <c r="D8" t="s">
@@ -1167,713 +1182,739 @@
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
         <v>91</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>92</v>
       </c>
       <c r="H16" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>94</v>
       </c>
       <c r="C17" t="s">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H17" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C18" t="s">
-        <v>99</v>
+        <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
         <v>100</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>101</v>
       </c>
       <c r="H18" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19" t="s">
         <v>103</v>
       </c>
       <c r="C19" t="s">
         <v>104</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
         <v>105</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>106</v>
       </c>
       <c r="H19" t="s">
         <v>107</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" t="s">
+        <v>108</v>
+      </c>
+      <c r="C20" t="s">
+        <v>109</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>110</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>111</v>
+      </c>
+      <c r="H20" t="s">
+        <v>112</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="B2" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="C2" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="D2" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="E2" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="H2" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="B3" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="C3" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="D3" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="E3" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="H3" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="B2" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="H2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I2" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="B3" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="H3" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="I3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="B4" t="s">
+        <v>137</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>138</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>139</v>
+      </c>
+      <c r="H4" t="s">
+        <v>140</v>
+      </c>
+      <c r="I4" t="s">
         <v>132</v>
-      </c>
-[...19 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="B5" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="H5" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="I5" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="B6" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="H6" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="I6" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="B7" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="H7" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="I7" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="B8" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="H8" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="I8" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="B9" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="H9" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="I9" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="B2" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="C2" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="D2" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="E2" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="H2" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="B3" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C3" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="D3" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="E3" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="H3" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AD2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="J1" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="K1" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="B2" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="H2" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="I2" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="J2" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="K2" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="L2" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="M2" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="N2" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="O2" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="P2" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="Q2" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="R2" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="S2" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="T2" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="U2" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="V2" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="W2" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="X2" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="Y2" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="Z2" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="AA2" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="AB2" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="AC2" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="AD2" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>