--- v1 (2025-11-30)
+++ v2 (2026-01-14)
@@ -1,731 +1,245 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="346" uniqueCount="204">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="46">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>16/05/2019 16:53:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
+  </si>
+  <si>
+    <t>- To acquaint professionals better with the demonstrated effects of non-drug treatments for RA in order to propose an optimal management aiming to limit the consequences of the disease in terms of pain, joint dysfunction, functional capacity, and quality of life.# - To enable all patients with RA to access coordinated and individually adapted therapeutic, social and professional management.# - To harmonise the methods by which care is organised.</t>
+  </si>
+  <si>
+    <t>03/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/21/2007 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
-[...329 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
+    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...152 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>ENBREL (etanercept)</t>
   </si>
   <si>
-    <t>18/09/2024 09:19:35</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983439/fr/enbrel-etanercept</t>
+    <t>09/18/2024 09:19:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983439/en/enbrel-etanercept</t>
   </si>
   <si>
     <t>pprd_2983439</t>
   </si>
   <si>
     <t>etanercept</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399628/fr/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-boite-de-4-flacons</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539105/fr/enbrel-etanercept-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_399628/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399889/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399962/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400205/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400231/en/enbrel-25-mg-poudre-et-solvant-pour-solution-injectable-boite-de-4-flacons-et-4-seringues-pre-remplies-enbrel-25-mg-poudre-pour-solution-injectable-boite-de-4-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713130/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684082/en/enbrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798082/en/enbrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1245651/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670224/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049871/en/enbrel-etanercept-tnf-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046967/en/enbrel-etanercept-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671797/en/enbrel-etanercept-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819294/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076393/en/enbrel-adulte-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083830/en/enbrel-etanercept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270036/en/enbrel-etanercept-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3407525/en/enbrel-etanercept-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426154/en/enbrel-etanercept-plaque-psoriasis-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539105/en/enbrel-etanercept-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -752,1169 +266,176 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H20"/>
-[...991 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AD2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>174</v>
+        <v>16</v>
       </c>
       <c r="J1" t="s">
-        <v>175</v>
+        <v>17</v>
       </c>
       <c r="K1" t="s">
-        <v>176</v>
+        <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>177</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>178</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>179</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>180</v>
+        <v>22</v>
       </c>
       <c r="H2" t="s">
-        <v>181</v>
+        <v>23</v>
       </c>
       <c r="I2" t="s">
-        <v>182</v>
+        <v>24</v>
       </c>
       <c r="J2" t="s">
-        <v>183</v>
+        <v>25</v>
       </c>
       <c r="K2" t="s">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="L2" t="s">
-        <v>185</v>
+        <v>27</v>
       </c>
       <c r="M2" t="s">
-        <v>186</v>
+        <v>28</v>
       </c>
       <c r="N2" t="s">
-        <v>187</v>
+        <v>29</v>
       </c>
       <c r="O2" t="s">
-        <v>188</v>
+        <v>30</v>
       </c>
       <c r="P2" t="s">
-        <v>189</v>
+        <v>31</v>
       </c>
       <c r="Q2" t="s">
-        <v>190</v>
+        <v>32</v>
       </c>
       <c r="R2" t="s">
-        <v>191</v>
+        <v>33</v>
       </c>
       <c r="S2" t="s">
-        <v>192</v>
+        <v>34</v>
       </c>
       <c r="T2" t="s">
-        <v>193</v>
+        <v>35</v>
       </c>
       <c r="U2" t="s">
-        <v>194</v>
+        <v>36</v>
       </c>
       <c r="V2" t="s">
-        <v>195</v>
+        <v>37</v>
       </c>
       <c r="W2" t="s">
-        <v>196</v>
+        <v>38</v>
       </c>
       <c r="X2" t="s">
-        <v>197</v>
+        <v>39</v>
       </c>
       <c r="Y2" t="s">
-        <v>198</v>
+        <v>40</v>
       </c>
       <c r="Z2" t="s">
-        <v>199</v>
+        <v>41</v>
       </c>
       <c r="AA2" t="s">
-        <v>200</v>
+        <v>42</v>
       </c>
       <c r="AB2" t="s">
-        <v>201</v>
+        <v>43</v>
       </c>
       <c r="AC2" t="s">
-        <v>202</v>
+        <v>44</v>
       </c>
       <c r="AD2" t="s">
-        <v>203</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>