--- v0 (2025-10-18)
+++ v1 (2026-03-05)
@@ -1,229 +1,157 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-    <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>18/02/2025 14:02:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
   </si>
   <si>
     <t>c_272220</t>
-  </si>
-[...31 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400566/fr/terpone-terpine/-huile-essentielle-d-aiguilles-de-pin-de-siberie/-huile-essentielle-reconstituee-de-niaouli/-huile-essentielle-d-eucalyptus</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -237,179 +165,43 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...50 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...82 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>