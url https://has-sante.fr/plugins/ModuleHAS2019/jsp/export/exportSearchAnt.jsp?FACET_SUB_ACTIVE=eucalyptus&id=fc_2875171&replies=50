--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,157 +1,229 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="39">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/01/2002 17:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>TERPONE (Terpine/ huile essentielle d’aiguilles de pin de Sibérie/ huile essentielle reconstituée de niaouli/ huile essentielle d’eucalyptus)</t>
+  </si>
+  <si>
+    <t>25/05/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985707/fr/terpone-terpine/-huile-essentielle-d-aiguilles-de-pin-de-siberie/-huile-essentielle-reconstituee-de-niaouli/-huile-essentielle-d-eucalyptus</t>
+  </si>
+  <si>
+    <t>pprd_2985707</t>
+  </si>
+  <si>
+    <t>Terpine,huile essentielle d’aiguilles de pin de Sibérie,huile essentielle reconstituée de niaouli,huile essentielle d’eucalyptus</t>
+  </si>
+  <si>
+    <t>ROSA-PHYTOPHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400566/fr/terpone-terpine/-huile-essentielle-d-aiguilles-de-pin-de-siberie/-huile-essentielle-reconstituee-de-niaouli/-huile-essentielle-d-eucalyptus</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +237,179 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J1" t="s">
+        <v>29</v>
+      </c>
+      <c r="K1" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H2" t="s">
+        <v>35</v>
+      </c>
+      <c r="I2" t="s">
+        <v>36</v>
+      </c>
+      <c r="J2" t="s">
+        <v>37</v>
+      </c>
+      <c r="K2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>