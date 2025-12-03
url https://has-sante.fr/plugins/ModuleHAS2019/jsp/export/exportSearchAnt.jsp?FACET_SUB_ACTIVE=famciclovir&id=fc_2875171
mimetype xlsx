--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -1,328 +1,196 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>17/06/2025 16:33:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Shingles vaccination recommendations and the role of the Shingrix vaccine</t>
+  </si>
+  <si>
+    <t>Herpes Zoster is a virus exclusive to humans and is the cause of two clinical manifestations: chicken-pox and shingles. Shingles is a common viral skin infection, caused by the reactivation of the varicella zoster virus (VZV), principally affecting adults. Complications, such as bacterial superinfections, neuro-logical signs, meningitis, encephalitis, and particularly post-herpetic neuralgia (PHN), affect individuals aged 50 years and older. In 2013, the French High Council for Public Health (HCSP) recommended the administration of the Zostavax vaccine in France to adults from 65 to 74 years inclusive, according to a single-dose sched-ule for the prevention of shingles and post-herpetic neuralgia (PHN). In response to a referral by the French Ministry of Health (DGS) and with a view to making the Shingrix vaccine available in France, the French National Authority for Health (HAS) reviewed the data in respect of this vaccine to evaluate its place in the current shingles vaccination strategy.</t>
+  </si>
+  <si>
+    <t>02/29/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2024 14:30:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3587389/fr/evaluation-de-la-pertinence-d-un-depistage-systematique-de-l-infection-a-cytomegalovirus-cmv-au-cours-de-la-grossesse</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
+    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...53 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589724/fr/diagnostic-par-detection-virale-et/ou-serologie-des-infections-a-virus-herpes-simplex-et-varicelle-zona-dans-le-cadre-mere-enfant</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Diagnosis of infections with the herpes simplex virus and the varicella-zoster virus by virus detection and/or serology in the mother/child setting - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>National Health Insurance wishes to change the list of refundable procedures in laboratory medicine in respect of diagnostic tests for infections due to the herpes simplex virus (types 1 and 2, HSV-1/-2) and the varicella-zoster virus (VZV), viruses that belong to the family Herpesviridae, within the context of mother-to-child transmission (or the "mother/child setting"). The proposed changes, which have been specified by the national reference laboratory for these viruses, focus on the inclusion of testing for their DNA in various contexts and samples using PCR, the removal of other techniques for direct virus detection (direct immunological diagnosis and specific cultures), and the inclusion, the removal or the restriction of serological tests. The aim is to establish whether data from a critical analysis of the synthetic literature (good practice guidelines, systematic reviews and technology assessment reports) are consistent with the content of the application and whether they therefore support the proposals submitted by the applicant, so as to formulate an opinion relating to these proposals</t>
+  </si>
+  <si>
+    <t>05/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>05/25/2016 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589724/en/diagnosis-of-infections-with-the-herpes-simplex-virus-and-the-varicella-zoster-virus-by-virus-detection-and/or-serology-in-the-mother/child-setting-inahta-brief</t>
   </si>
   <si>
     <t>c_2589724</t>
   </si>
   <si>
-    <t>Évaluation de l'amplification génique des Herpesviridae (virus herpès simplex et varicelle-zona) devant des manifestations cutanéomuqueuses et oculaires</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2598252/fr/evaluation-de-l-amplification-genique-des-herpesviridae-virus-herpes-simplex-et-varicelle-zona-devant-des-manifestations-cutaneomuqueuses-et-oculaires</t>
+    <t>Evaluation of the gene amplification of Herpesviridae (herpes simplex and varicella-zoster virus) with mucocutaneous and ocular manifestations - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to analyse the consistency between demand, on the one hand, and good practice guidelines and the view of professionals on the other. This work was conducted with a view to including testing for the genome of the herpes simplex virus (HSV) and varicella-zoster virus (VZV) through gene amplification (PCR) to diagnose herpes and shingles with mucocutaneous and ocular manifestations on the list of clinical laboratory procedures reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>01/27/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/29/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598252/en/evaluation-of-the-gene-amplification-of-herpesviridae-herpes-simplex-and-varicella-zoster-virus-with-mucocutaneous-and-ocular-manifestations-inahta-brief</t>
   </si>
   <si>
     <t>c_2598252</t>
-  </si>
-[...61 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2586915/fr/oravir-famciclovir</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -338,410 +206,93 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...341 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>