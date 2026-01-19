--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -1,196 +1,346 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="75">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>03/07/2024 14:30:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence d'un dépistage systématique de l'infection à cytomégalovirus (CMV) au cours de la grossesse</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’un dépistage systématique de l’infection à CMV chez la femme enceinte. La HAS recommande de mettre en place un dépistage systématique national du CMV pour toutes les femmes enceintes dont le statut sérologique est négatif ou inconnu, avec une réévaluation du dispositif après trois ans de mise en œuvre. La poursuite de ce dispositif dépendra d’une évaluation fondée sur des données scientifiques complémentaires incluant l’efficacité du dépistage, l’impact sur la prévention des formes graves dont les séquelles neurosensorielles, et la tolérance du traitement antiviral. Celles-ci devront être produites via des études spécifiques, des systèmes d’information adaptés ou l’ajustement des dispositifs existants, afin de répondre aux incertitudes identifiées lors de l’évaluation de la HAS.</t>
+  </si>
+  <si>
+    <t>05/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2025 16:33:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
+    <t>https://www.has-sante.fr/jcms/p_3587389/fr/evaluation-de-la-pertinence-d-un-depistage-systematique-de-l-infection-a-cytomegalovirus-cmv-au-cours-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>p_3587389</t>
+  </si>
+  <si>
+    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre le zona avec le vaccin Shingrix des personnes de 18 ans et plus dont le système immunitaire est défaillant, ainsi que de toutes les personnes âgées de 65 ans et plus.</t>
+  </si>
+  <si>
+    <t>29/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589724/en/diagnosis-of-infections-with-the-herpes-simplex-virus-and-the-varicella-zoster-virus-by-virus-detection-and/or-serology-in-the-mother/child-setting-inahta-brief</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’herpès cutanéo-muqueux chez le sujet immunocompétent (manifestations oculaires exclues)</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : Quelle est l'histoire naturelle de l'infection à HSV ? Quelles sont les particularités cliniques et évolutives de certaines localisations ? (herpès oro-facial, cutané localisé, cutané diffus, syndrome de Kaposi-Juliusberg, éryhtème polymorphe, herpès génital, néonatal, infection herpétique chez la femme enceinte) Quelles sont la signification et les limites des moyens diagnostiques ? Quelles sont les modalités des traitements locaux et généraux, médicamenteux ou non ? (herpès oro-facial, génital, néonatal, de la femme enceinte, formes particulières) Quelles sont les perspectives pour le diagnostic, le traitement et la prévention de l'infection à HSV ?</t>
+  </si>
+  <si>
+    <t>03/12/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272087/fr/prise-en-charge-de-l-herpes-cutaneo-muqueux-chez-le-sujet-immunocompetent-manifestations-oculaires-exclues</t>
+  </si>
+  <si>
+    <t>c_272087</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Diagnostic par détection virale et/ou sérologie des infections à virus herpes simplex et varicelle-zona dans le cadre mère-enfant</t>
+  </si>
+  <si>
+    <t>Évaluation des tests relatifs au diagnostic des infections à virus herpes simplex de types 1 et 2 (HSV-1/-2) et varicelle-zona (VZV) dans le cadre de la transmission mère-enfant de ces virus : détection du génome de ces virus par PCR dans différents contextes et prélèvements, diagnostic immunologique direct (détection d’antigènes viraux par immunofluorescence ou méthode immunoenzymatique), cultures orientée et non orientée, recherches sérologiques (IgM et IgG anti-VZV, IgM et IgG anti-HSV-1/-2 non spécifiques de type, IgG anti-HSV-1 et -2 spécifiques de type)</t>
+  </si>
+  <si>
+    <t>04/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2016 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589724/fr/diagnostic-par-detection-virale-et/ou-serologie-des-infections-a-virus-herpes-simplex-et-varicelle-zona-dans-le-cadre-mere-enfant</t>
   </si>
   <si>
     <t>c_2589724</t>
   </si>
   <si>
-    <t>Evaluation of the gene amplification of Herpesviridae (herpes simplex and varicella-zoster virus) with mucocutaneous and ocular manifestations - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2598252/en/evaluation-of-the-gene-amplification-of-herpesviridae-herpes-simplex-and-varicella-zoster-virus-with-mucocutaneous-and-ocular-manifestations-inahta-brief</t>
+    <t>Évaluation de l'amplification génique des Herpesviridae (virus herpès simplex et varicelle-zona) devant des manifestations cutanéomuqueuses et oculaires</t>
+  </si>
+  <si>
+    <t>Évaluation de la recherche du génome des virus herpès simplex (HSV) et varicelle - zona (VZV) par amplification génique (PCR) dans le diagnostic de l’herpès et du zona devant des manifestations cutanéomuqueuses et oculaires</t>
+  </si>
+  <si>
+    <t>27/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598252/fr/evaluation-de-l-amplification-genique-des-herpesviridae-virus-herpes-simplex-et-varicelle-zona-devant-des-manifestations-cutaneomuqueuses-et-oculaires</t>
   </si>
   <si>
     <t>c_2598252</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre la varicelle chez les nourrissons de 12 mois et plus – Note de cadrage</t>
+  </si>
+  <si>
+    <t>La HAS publie la note de cadrage concernant la recommandation vaccinale contre la varicelle chez les nourrissons de 12 mois et plus</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2025 08:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777770/fr/recommandation-vaccinale-contre-la-varicelle-chez-les-nourrissons-de-12-mois-et-plus-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3777770</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations vaccinales des professionnels</t>
+  </si>
+  <si>
+    <t>La HAS préconise qu’une obligation d’immunisation contre la rougeole soit mise en place pour les étudiants et professionnels pour lesquels cette vaccination est actuellement recommandée. En l’absence de disponibilité d’un vaccin rougeole non combiné, la HAS préconise ainsi que l’administration de deux doses de vaccin trivalent ROR soit rendue obligatoire en milieu professionnel pour les personnes non vaccinées et sans antécédent documenté de rougeole. La HAS préconise également de maintenir les recommandations de vaccination contre la coqueluche, la grippe, l’hépatite A, et la varicelle.</t>
+  </si>
+  <si>
+    <t>27/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>31/07/2023 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456351/fr/actualisation-des-recommandations-et-obligations-vaccinales-des-professionnels</t>
+  </si>
+  <si>
+    <t>p_3456351</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ORAVIR (famciclovir)</t>
+  </si>
+  <si>
+    <t>08/01/2016 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984267/fr/oravir-famciclovir</t>
+  </si>
+  <si>
+    <t>pprd_2984267</t>
+  </si>
+  <si>
+    <t>famciclovir</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400816/fr/oravir-500-mg-comprime-pellicule-b/21-cip-341-382-0-oravir-125-mg-comprime-pellicule-b/10-cip-352-369-0-famciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951419/fr/oravir-famciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281720/fr/oravir-famciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2586915/fr/oravir-famciclovir</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -206,93 +356,436 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...27 lines deleted...]
-        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D2" t="s">
+        <v>38</v>
+      </c>
+      <c r="E2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>40</v>
+      </c>
+      <c r="H2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D3" t="s">
+        <v>44</v>
+      </c>
+      <c r="E3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>46</v>
+      </c>
+      <c r="H3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D2" t="s">
+        <v>51</v>
+      </c>
+      <c r="E2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H2" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C3" t="s">
+        <v>56</v>
+      </c>
+      <c r="D3" t="s">
+        <v>57</v>
+      </c>
+      <c r="E3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>59</v>
+      </c>
+      <c r="H3" t="s">
+        <v>60</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>61</v>
+      </c>
+      <c r="J1" t="s">
+        <v>62</v>
+      </c>
+      <c r="K1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>67</v>
+      </c>
+      <c r="H2" t="s">
+        <v>68</v>
+      </c>
+      <c r="I2" t="s">
+        <v>69</v>
+      </c>
+      <c r="J2" t="s">
+        <v>70</v>
+      </c>
+      <c r="K2" t="s">
+        <v>71</v>
+      </c>
+      <c r="L2" t="s">
+        <v>72</v>
+      </c>
+      <c r="M2" t="s">
+        <v>73</v>
+      </c>
+      <c r="N2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>