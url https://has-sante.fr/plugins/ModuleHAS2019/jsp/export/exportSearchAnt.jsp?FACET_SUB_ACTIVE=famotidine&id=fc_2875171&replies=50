--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,207 +1,750 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="65">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>03/08/2012 16:15:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mastocytoses avancées de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>17/07/2025 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636720</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint d’un Syndrome du Grêle Court (SGC) nécessitant un traitement prolongé et spécialisé. Il a été élaboré par le Centre de référence des maladies rares digestives (MaRDi) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2023 18:02:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449629/fr/syndrome-du-grele-court-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3449629</t>
+  </si>
+  <si>
+    <t>Mastocytoses non-avancées chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mastocytoses non-avancées. Il a été élaboré par le Centre de Référence des mastocytoses, CEREMAST, sous l’egide de la filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353127/fr/mastocytoses-non-avancees-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3353127</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Autisme : la HAS et l’Anesm recommandent un projet personnalisé d’interventions pour chaque enfant</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS) et l’Agence nationale de l’évaluation et de la qualité des établissements et services sociaux et médico-sociaux (Anesm) publient ce jour des recommandations de bonne pratique sur les interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent avec autisme ou autres troubles envahissants du développement (TED).</t>
+  </si>
+  <si>
+    <t>08/03/2012 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1224096/fr/autisme-la-has-et-l-anesm-recommandent-un-projet-personnalise-d-interventions-pour-chaque-enfant</t>
+  </si>
+  <si>
+    <t>c_1224096</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 avril 2008</t>
+  </si>
+  <si>
+    <t>30/04/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_660958/fr/commission-de-la-transparence-reunion-du-30-avril-2008</t>
+  </si>
+  <si>
+    <t>c_660958</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>FAMOTIDINE EG (famotidine)</t>
+  </si>
+  <si>
+    <t>19/10/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985089/fr/famotidine-eg-famotidine</t>
+  </si>
+  <si>
+    <t>pprd_2985089</t>
+  </si>
+  <si>
+    <t>famotidine</t>
+  </si>
+  <si>
+    <t>EG LABO-LABORATOIRES EUROGENERICS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147516/fr/famotidine-mylan-famotidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147543/fr/famotidine-eg-famotidine</t>
+  </si>
+  <si>
+    <t>PEPDINE (famotidine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985090/fr/pepdine-famotidine</t>
+  </si>
+  <si>
+    <t>pprd_2985090</t>
+  </si>
+  <si>
+    <t>Laboratoire MSD - CHIBRET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398912/fr/pepdine-20-mg-comprime-pellicule-b/30-pepdine-20-mg-lyophilisat-oral-b/30-pepdine-40-mg-comprime-pellicule-b/15-pepdine-40-mg-lyophilisat-oral-b/15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666027/fr/pepdine-famotidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147531/fr/pepdine-famotidine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H2" t="s">
+        <v>44</v>
+      </c>
+      <c r="I2" t="s">
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>46</v>
+      </c>
+      <c r="J1" t="s">
+        <v>47</v>
+      </c>
+      <c r="K1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H2" t="s">
+        <v>53</v>
+      </c>
+      <c r="I2" t="s">
+        <v>54</v>
+      </c>
+      <c r="J2" t="s">
+        <v>55</v>
+      </c>
+      <c r="K2" t="s">
+        <v>56</v>
+      </c>
+      <c r="L2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>59</v>
+      </c>
+      <c r="H3" t="s">
+        <v>60</v>
+      </c>
+      <c r="I3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J3" t="s">
+        <v>61</v>
+      </c>
+      <c r="K3" t="s">
+        <v>62</v>
+      </c>
+      <c r="L3" t="s">
+        <v>63</v>
+      </c>
+      <c r="M3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>