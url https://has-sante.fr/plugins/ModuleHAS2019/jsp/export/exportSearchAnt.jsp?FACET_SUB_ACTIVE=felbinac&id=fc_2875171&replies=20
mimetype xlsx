--- v0 (2025-11-03)
+++ v1 (2026-02-15)
@@ -35,66 +35,66 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...8 lines deleted...]
-    <t>01/03/2000 00:00:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>