--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -50,51 +50,51 @@
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Practice guidelines</t>
   </si>
   <si>
     <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
   </si>
   <si>
     <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
   </si>
   <si>
-    <t>06/19/2025 00:00:00</t>
+    <t>06/16/2020 11:31:34</t>
   </si>
   <si>
     <t>07/10/2025 14:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
     <t>Normal childbirth: support of physiology and medical interventions</t>
   </si>
   <si>
     <t>Define for women at low obstetric risk how to take care of the pace and spontaneous development of birth and women's preferences. Improve and guarantee the quality and safety of maternal and newborn care.</t>
   </si>
   <si>
     <t>11/23/2023 00:00:00</t>
   </si>
   <si>
     <t>01/25/2018 14:18:00</t>
   </si>