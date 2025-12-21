--- v0 (2025-10-06)
+++ v1 (2025-12-21)
@@ -1,743 +1,3370 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide usagers" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="623" uniqueCount="360">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>EPISIL</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>15/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/02/2019 13:38:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902360/fr/episil</t>
+  </si>
+  <si>
+    <t>c_2902360</t>
+  </si>
+  <si>
+    <t>solution orale</t>
+  </si>
+  <si>
+    <t>ETHYPHARM</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge péri-opératoire du patient adulte lors d’une résection hépatique</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est de produire un cadre facilitant la prise en charge péri-opératoire du patient adulte dans le cadre d'une chirurgie de résection hépatique.</t>
+  </si>
+  <si>
+    <t>11/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2025 09:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592435/fr/prise-en-charge-peri-operatoire-du-patient-adulte-lors-d-une-resection-hepatique</t>
+  </si>
+  <si>
+    <t>p_3592435</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Normal childbirth: support of physiology and medical interventions</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+    <t>Label – Diagnostic et prise en charge de l’encéphalopathie anoxo-ischémique néonatale à la phase aiguë – Note de cadrage</t>
+  </si>
+  <si>
+    <t>13/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2024 08:59:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3560561/fr/label-diagnostic-et-prise-en-charge-de-l-encephalopathie-anoxo-ischemique-neonatale-a-la-phase-aigue-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3560561</t>
+  </si>
+  <si>
+    <t>Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations « Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses » est d’améliorer, à toutes les étapes, la qualité et la sécurité de la prise en charge de la douleur de l’accouchement pour la mère et l’enfant à naître.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2024 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519414/fr/prise-en-charge-de-la-douleur-de-l-accouchement-analgesie-perimedullaire-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>p_3519414</t>
+  </si>
+  <si>
+    <t>Accouchement normal : accompagnement de la physiologie et interventions médicales</t>
+  </si>
+  <si>
+    <t>Définir pour les femmes à bas risque obstétrical les modalités de prise en charge respectueuses du rythme et du déroulement spontané de la naissance et des préférences des femmes. Améliorer et garantir la qualité et la sécurité des soins de la mère et du nouveau-né.</t>
+  </si>
+  <si>
+    <t>23/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Induced abortion up to 14 weeks</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
+    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
+  </si>
+  <si>
+    <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
+  </si>
+  <si>
+    <t>p_3215131</t>
+  </si>
+  <si>
+    <t>Antalgie des douleurs rebelles et pratiques sédatives chez l'adulte : prise en charge médicamenteuse en situations palliatives jusqu’en fin de vie</t>
+  </si>
+  <si>
+    <t>Des travaux pour aider les professionnels de santé à prendre en charge les patients en fin de vie dans les conditions les plus humaines et les moins douloureuses possibles. Ces travaux s'inscrivent dans le contexte de mise en œuvre de la loi Claeys-Leonetti du 2 février 2016 créant un droit à la sédation profonde et continue, maintenue jusqu’au décès.</t>
+  </si>
+  <si>
+    <t>29/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150631/fr/antalgie-des-douleurs-rebelles-et-pratiques-sedatives-chez-l-adulte-prise-en-charge-medicamenteuse-en-situations-palliatives-jusqu-en-fin-de-vie</t>
+  </si>
+  <si>
+    <t>p_3150631</t>
+  </si>
+  <si>
+    <t>Prise en charge médicamenteuse de la douleur chez l’enfant : alternatives à la codéine</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont d’identifier les situations cliniques de douleur aiguë et prolongée problématiques depuis le retrait de la codéine chez l’enfant ainsi que de proposer des alternatives thérapeutiques dans les situations cliniques identifiées (molécules, galéniques, place des morphiniques) et leurs modalités d'utilisation</t>
+  </si>
+  <si>
+    <t>13/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2016 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010340/fr/prise-en-charge-medicamenteuse-de-la-douleur-chez-l-enfant-alternatives-a-la-codeine</t>
+  </si>
+  <si>
+    <t>c_2010340</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'interruption volontaire de grossesse jusqu'à 14 semaines</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge de l'interruption volontaire de grossesse (IVG) réalisée dans un délai de 14 semaines d'aménorrhée et dans le cadre légal.</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Preventing and managing postoperative pain after oral surgery</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
+    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
+  </si>
+  <si>
+    <t>Élaborer des recommandations concernant l'évaluation et le traitement de la douleur chez les personnes âgées ayant des troubles de la communication verbale.</t>
+  </si>
+  <si>
+    <t>01/10/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272123/fr/evaluation-et-prise-en-charge-therapeutique-de-la-douleur-chez-les-personnes-agees-ayant-des-troubles-de-la-communication-verbale</t>
+  </si>
+  <si>
+    <t>c_272123</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3445536/en/evaluation-of-high-intensity-focused-ultrasound-hifu-for-the-treatment-of-symptomatic-uterine-fibroids-brief-inahta</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucopolysaccharidoses (MPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 08:28:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659924/fr/mucopolysaccharidoses-mps</t>
+  </si>
+  <si>
+    <t>c_2659924</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Prise en charge de la Rétinopathie du prématuré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des prématurés nécessitant un traitement pour une ROP. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493096/fr/prise-en-charge-de-la-retinopathie-du-premature</t>
+  </si>
+  <si>
+    <t>p_3493096</t>
+  </si>
+  <si>
+    <t>Syndrome de Gitelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Gitelman. Il a été élaboré par les Centres de Référence MARHEA Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392050/fr/syndrome-de-gitelman</t>
+  </si>
+  <si>
+    <t>p_3392050</t>
+  </si>
+  <si>
+    <t>Tachycardies ventriculaires catécholergiques (TVC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de TVC. Il a été élaboré par le Centre de Référence Maladies Cardiaques Héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/02/2022 08:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314799/fr/tachycardies-ventriculaires-catecholergiques-tvc</t>
+  </si>
+  <si>
+    <t>p_3314799</t>
+  </si>
+  <si>
+    <t>Encéphalites à anticorps anti-NMDAr</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’encéphalite auto-immune avec anticorps anti-NMDA récepteur. Il a été élaboré par le Centre de Référence des Syndromes neurologiques paranéoplasiques et encéphalites auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310384/fr/encephalites-a-anticorps-anti-nmdar</t>
+  </si>
+  <si>
+    <t>p_3310384</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Neuropathies héréditaires sensitivomotrice de Charcot-Marie-Tooth</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise prise en charge urologique optimale d’un patient atteint de neuropathie héréditaire de Charcot-Marie-Tooth (CMT). Il a été élaboré par le centre de référence coordinateur des Maladies Neuromusculaires rares et de la SLA, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/04/2020 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168018/fr/neuropathies-hereditaires-sensitivomotrice-de-charcot-marie-tooth</t>
+  </si>
+  <si>
+    <t>p_3168018</t>
+  </si>
+  <si>
+    <t>Guides du parcours de soins des cancers broncho-pulmonaires et mésothéliome pleural malin</t>
+  </si>
+  <si>
+    <t>Les guides du parcours de soins décrivent la prise en charge usuelle d’une personne ayant un cancer broncho-pulmonaire ou un mésothéliome pleural malin. Ils ciblent principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, les guides abordent aussi le rôle, la place et les modalités de coordination des différents professionnels. Les guides du parcours de soins sont accompagnés d'une synthèse focalisée sur les points critiques de la prise en charge et d'un mémo destiné à être intégré dans un logiciel métier pour les cancers broncho-pulmonaires.</t>
+  </si>
+  <si>
+    <t>24/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2013 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650525/fr/guides-du-parcours-de-soins-des-cancers-broncho-pulmonaires-et-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>c_1650525</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins du lymphome de Hodgkin classique de l'adulte</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne adulte ayant un lymphome de Hodgkin classique. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. .</t>
+  </si>
+  <si>
+    <t>14/10/2013 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652304/fr/guide-du-parcours-de-soins-du-lymphome-de-hodgkin-classique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1652304</t>
+  </si>
+  <si>
+    <t>Parcours de soins d’une personne ayant une maladie chronique en phase palliative – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Cette note de cadrage présente le projet de la HAS visant à proposer des outils facilitant le parcours des personnes ayant une maladie chronique en phase palliative. Ce projet s’inscrit dans une approche transversale qui consiste à développer des outils communs à toutes les maladies chroniques pour compléter la démarche parcours de soins par maladie.</t>
+  </si>
+  <si>
+    <t>30/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>20/09/2013 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638933/fr/parcours-de-soins-d-une-personne-ayant-une-maladie-chronique-en-phase-palliative-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>c_1638933</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Opioïdes : prévenir le risque de surdose</t>
+  </si>
+  <si>
+    <t>Bon usage des opioïdes : la HAS publie 2 documents d’information à destination des patients pour prévenir le risque de surdose d'opioïdes. Elles visent à informer d'une part les personnes souffrant de douleurs chroniques et d'autre part les usagers de drogues à qui sont prescrits des médicaments opioïdes.</t>
+  </si>
+  <si>
+    <t>06/04/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>14/04/2023 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425923/fr/opioides-prevenir-le-risque-de-surdose</t>
+  </si>
+  <si>
+    <t>p_3425923</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>08/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_240391</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des ultrasons focalisés de haute intensité pour le traitement des fibromes utérins symptomatiques – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Rapport d’évaluation du traitement des fibromes utérins symptomatiques par ultrasons focalisés de haute intensité selon deux modalités de guidage : guidage par échographie (USgHIFU) et guidage par IRM (MRgHIFU)</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445536/fr/evaluation-des-ultrasons-focalises-de-haute-intensite-pour-le-traitement-des-fibromes-uterins-symptomatiques-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3445536</t>
   </si>
   <si>
-    <t>Anaesthesia techniques for lens surgery - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3067004/en/anaesthesia-techniques-for-lens-surgery-inahta-brief</t>
+    <t>Techniques d’anesthésie des actes chirurgicaux portant sur le cristallin</t>
+  </si>
+  <si>
+    <t>La plupart des chirurgies du cristallin concernent la cataracte. La HAS considère que l’anesthésie topique, avec ou sans sédation, est la technique anesthésique de référence en 1re intention. Le choix de la technique doit se faire en concertation entre le patient, le chirurgien et l’anesthésiste-réanimateur. La HAS préconise un parcours de soins prévoyant une consultation d’anesthésie préopératoire et une surveillance médicale peropératoire. La surveillance devra être assurée par un anesthésiste-réanimateur présent sur site.</t>
+  </si>
+  <si>
+    <t>14/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2020 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067004/fr/techniques-d-anesthesie-des-actes-chirurgicaux-portant-sur-le-cristallin</t>
   </si>
   <si>
     <t>p_3067004</t>
   </si>
   <si>
-    <t>Assesment of homeopathic medicines</t>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
+    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
+  </si>
+  <si>
+    <t>Il s’agit de l’évaluation de la thermoplastie bronchique dans la prise en charge de l’asthme sévère chez les patients âgés de 18 ans et plus dont la maladie est non contrôlée malgré un traitement médicamenteux optimal et une bonne observance</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Les médicaments des accès douloureux paroxystiques du cancer</t>
+  </si>
+  <si>
+    <t>Les accès douloureux paroxystiques (ADP) du cancer justifient l’utilisation de morphiniques d’action rapide par voie transmuqueuse. Six médicaments sont actuellement disponibles dans cette indication. Tous ont le fentanyl pour principe actif, mais les formes galéniques diffèrent.</t>
+  </si>
+  <si>
+    <t>07/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2014 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1439696/fr/les-medicaments-des-acces-douloureux-paroxystiques-du-cancer</t>
+  </si>
+  <si>
+    <t>r_1439696</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 29 janvier 2020</t>
+  </si>
+  <si>
+    <t>24/01/2020 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148159/fr/college-deliberatif-du-29-janvier-2020</t>
+  </si>
+  <si>
+    <t>p_3148159</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 décembre 2016</t>
+  </si>
+  <si>
+    <t>01/12/2016 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2727284/fr/commission-de-la-transparence-reunion-du-7-decembre-2016</t>
+  </si>
+  <si>
+    <t>c_2727284</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 septembre 2016</t>
+  </si>
+  <si>
+    <t>30/08/2016 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2663194/fr/commission-de-la-transparence-reunion-du-7-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2663194</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2013</t>
+  </si>
+  <si>
+    <t>26/06/2013 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603005/fr/commission-de-la-transparence-reunion-du-26-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1603005</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 juin 2013</t>
+  </si>
+  <si>
+    <t>12/06/2013 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600312/fr/commission-de-la-transparence-reunion-du-12-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1600312</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 février 2011</t>
+  </si>
+  <si>
+    <t>02/02/2011 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1021670/fr/commission-de-la-transparence-reunion-du-2-fevrier-2011</t>
+  </si>
+  <si>
+    <t>c_1021670</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 octobre 2009</t>
+  </si>
+  <si>
+    <t>21/10/2009 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_866337/fr/commission-de-la-transparence-reunion-du-21-octobre-2009</t>
+  </si>
+  <si>
+    <t>c_866337</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 janvier 2010</t>
+  </si>
+  <si>
+    <t>13/01/2010 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_902439/fr/commission-de-la-transparence-reunion-du-13-janvier-2010</t>
+  </si>
+  <si>
+    <t>c_902439</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juillet 2009</t>
+  </si>
+  <si>
+    <t>08/07/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748561/fr/commission-de-la-transparence-reunion-du-8-juillet-2009</t>
+  </si>
+  <si>
+    <t>c_748561</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 novembre 2008</t>
+  </si>
+  <si>
+    <t>26/11/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_719008/fr/commission-de-la-transparence-reunion-du-26-novembre-2008</t>
+  </si>
+  <si>
+    <t>c_719008</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 février 2008</t>
+  </si>
+  <si>
+    <t>06/02/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_628423/fr/commission-de-la-transparence-reunion-du-6-fevrier-2008</t>
+  </si>
+  <si>
+    <t>c_628423</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Outils de sécurisation et d'auto-évaluation de l'administration des médicaments</t>
+  </si>
+  <si>
+    <t>Le guide a pour objectifs l’élaboration de préconisations spécifiques pour l’administration des médicaments et la mise à disposition pour les professionnels d’outils d’auto-évaluation et de sécurisation. Ces outils régulièrement utilisés à l’étranger sont adaptés au contexte français</t>
+  </si>
+  <si>
+    <t>17/03/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_946211/fr/outils-de-securisation-et-d-auto-evaluation-de-l-administration-des-medicaments</t>
+  </si>
+  <si>
+    <t>c_946211</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
+  </si>
+  <si>
+    <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
+  </si>
+  <si>
+    <t>06/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2022 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
+  </si>
+  <si>
+    <t>p_3309579</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>FENTANYL MEDIPHA (Citrate de fentanyl)</t>
+  </si>
+  <si>
+    <t>12/04/2022 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330962/fr/fentanyl-medipha-citrate-de-fentanyl</t>
+  </si>
+  <si>
+    <t>p_3330962</t>
+  </si>
+  <si>
+    <t>Citrate de fentanyl</t>
+  </si>
+  <si>
+    <t>G.L. Pharma GmbH représenté par G.L. Pharma France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330872/fr/fentanyl-medipha-fentanyl-acces-douloureux-paroxystiques</t>
+  </si>
+  <si>
+    <t>DUROGESIC (fentanyl)</t>
+  </si>
+  <si>
+    <t>21/02/2017 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983733/fr/durogesic-fentanyl</t>
+  </si>
+  <si>
+    <t>pprd_2983733</t>
+  </si>
+  <si>
+    <t>fentanyl</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400860/fr/durogesic-12-microgrammes/heure-2-1-mg/5-25-cm-dispositif-transdermique-5-sachets-polyterephtalate-pet-polyethylene-basse-densite-pebd-aluminium-de-1-dispositifs-369-851-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400912/fr/durogesic-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736983/fr/durogesic-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642392/fr/durogesic-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013227/fr/durogesic-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745873/fr/durogesic-fentanyl</t>
   </si>
   <si>
     <t>ACTIQ - EFFENTORA (fentanyl)</t>
   </si>
   <si>
-    <t>10/02/2015 15:09:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984396/en/actiq-effentora-fentanyl</t>
+    <t>02/10/2015 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984396/fr/actiq-effentora-fentanyl</t>
   </si>
   <si>
     <t>pprd_2984396</t>
   </si>
   <si>
-    <t>fentanyl</t>
-[...1 lines deleted...]
-  <si>
     <t>TEVA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399604/en/actiq-fentanyl</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_854097/en/effentora</t>
+    <t>https://www.has-sante.fr/jcms/c_399604/fr/actiq-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399953/fr/actiq-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773272/fr/actiq-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559142/fr/actiq-effentora-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854097/fr/effentora-fentanyl</t>
+  </si>
+  <si>
+    <t>ABSTRAL (fentanyl)</t>
+  </si>
+  <si>
+    <t>02/10/2015 15:09:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984423/fr/abstral-fentanyl</t>
+  </si>
+  <si>
+    <t>pprd_2984423</t>
+  </si>
+  <si>
+    <t>PROSTRAKAN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773287/fr/abstral-fentanyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558817/fr/abstral-fentanyl</t>
+  </si>
+  <si>
+    <t>RECIVIT (Citrate de fentanyl)</t>
+  </si>
+  <si>
+    <t>23/05/2014 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984770/fr/recivit-citrate-de-fentanyl</t>
+  </si>
+  <si>
+    <t>pprd_2984770</t>
+  </si>
+  <si>
+    <t>GRUNENTHAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742469/fr/recivit-citrate-de-fentanyl</t>
+  </si>
+  <si>
+    <t>MATRIFEN (fentanyl)</t>
+  </si>
+  <si>
+    <t>09/01/2009 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985354/fr/matrifen-fentanyl</t>
+  </si>
+  <si>
+    <t>pprd_2985354</t>
+  </si>
+  <si>
+    <t>Laboratoires NYCOMED France SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_732613/fr/matrifen-fentanyl</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>IQSS 2025 - PSY : Coordination, prises en charge somatiques et addictions, en ambulatoire : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2025 de mesure des indicateurs de qualité et de sécurité des soins en psychiatrie, périmètre "ambulatoire", à partir du dossier patient : coordination à la sortie et prise en charge de la douleur (données 2024).</t>
+  </si>
+  <si>
+    <t>20/03/2023 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168693/fr/iqss-2025-psy-coordination-prises-en-charge-somatiques-et-addictions-en-ambulatoire-campagne-de-recueil-des-indicateurs-de-qualite-et-de-securite-des-soins</t>
+  </si>
+  <si>
+    <t>p_3168693</t>
+  </si>
+  <si>
+    <t>IQSS - Archives - secteur PSY : Coordination et prises en charge somatiques en hospitalisation temps plein - versions antérieures des outils</t>
+  </si>
+  <si>
+    <t>Campagnes nationales (2021 en volontaire) de mesure des indicateurs de qualité et de sécurité des soins en psychiatrie en hospitalisation à temps plein à partir du dossier patient : Coordination, prises en charge somatiques et addictions.</t>
+  </si>
+  <si>
+    <t>15/03/2024 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478923/fr/iqss-archives-secteur-psy-coordination-et-prises-en-charge-somatiques-en-hospitalisation-temps-plein-versions-anterieures-des-outils</t>
+  </si>
+  <si>
+    <t>p_3478923</t>
+  </si>
+  <si>
+    <t>IQSS 2019 - psychiatrie et santé mentale : développement d'indicateurs des thèmes « Prise en charge somatique en établissement de santé » et « Coordination entre l’hôpital et la ville » - ambulatoire</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a débuté en 2018 des travaux de développement de nouveaux indicateurs de qualité et de sécurité des soins pour le secteur de la psychiatrie et de la santé mentale sur les trois thèmes suivants : « Prise en charge somatique en établissement de santé », « Coordination entre l’hôpital et la ville », « Pratiques d’isolement et de contention mécanique ». En fonction du thème, un ou deux périmètres hospitaliers peuvent être concernés : hospitalisation à temps plein et/ou ambulatoire.</t>
+  </si>
+  <si>
+    <t>09/06/2022 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913016/fr/iqss-2019-psychiatrie-et-sante-mentale-developpement-d-indicateurs-des-themes-prise-en-charge-somatique-en-etablissement-de-sante-et-coordination-entre-l-hopital-et-la-ville-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_2913016</t>
+  </si>
+  <si>
+    <t>IQSS - Archives - secteur PSY : Coordination, prises en charge somatiques et addictions, en ambulatoire - versions antérieures des outils</t>
+  </si>
+  <si>
+    <t>Campagnes nationales (volontaire en 2021) de mesure des indicateurs de qualité et de sécurité des soins en psychiatrie, périmètre "ambulatoire", à partir du dossier patient : coordination à la sortie et prise en charge de la douleur.</t>
+  </si>
+  <si>
+    <t>15/03/2024 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479016/fr/iqss-archives-secteur-psy-coordination-prises-en-charge-somatiques-et-addictions-en-ambulatoire-versions-anterieures-des-outils</t>
+  </si>
+  <si>
+    <t>p_3479016</t>
+  </si>
+  <si>
+    <t>Lymphome de Hodgkin classique de l'adulte - Parcours de soins</t>
+  </si>
+  <si>
+    <t>Le lymphome de Hodgkin est une prolifération tumorale de cellules lymphoïdes dans un ou plusieurs organes lymphoïdes, avec parfois extension dans des sites extra-ganglionnaires. Il se différencie des lymphomes non hodgkiniens (LNH) par la présence de grandes cellules tumorales caractéristiques sur le plan morphologique et immunologique : les cellules de Reed-Sternberg, une présentation clinique plus fréquemment localisée et un pronostic globalement meilleur.</t>
+  </si>
+  <si>
+    <t>31/07/2013 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906066/fr/lymphome-de-hodgkin-classique-de-l-adulte-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906066</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>278</v>
+      </c>
+      <c r="J1" t="s">
         <v>9</v>
       </c>
+      <c r="K1" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>280</v>
+      </c>
+      <c r="B2" t="s">
+        <v>281</v>
+      </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>282</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>283</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>284</v>
+      </c>
+      <c r="I2" t="s">
+        <v>285</v>
+      </c>
+      <c r="J2" t="s">
+        <v>286</v>
+      </c>
+      <c r="K2" t="s">
+        <v>287</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>280</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>288</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>289</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>290</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>291</v>
+      </c>
+      <c r="I3" t="s">
+        <v>292</v>
+      </c>
+      <c r="J3" t="s">
+        <v>293</v>
+      </c>
+      <c r="K3" t="s">
+        <v>294</v>
+      </c>
+      <c r="L3" t="s">
+        <v>295</v>
+      </c>
+      <c r="M3" t="s">
+        <v>296</v>
+      </c>
+      <c r="N3" t="s">
+        <v>297</v>
+      </c>
+      <c r="O3" t="s">
+        <v>298</v>
+      </c>
+      <c r="P3" t="s">
+        <v>299</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>280</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>300</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>301</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>302</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>303</v>
+      </c>
+      <c r="I4" t="s">
+        <v>292</v>
+      </c>
+      <c r="J4" t="s">
+        <v>304</v>
+      </c>
+      <c r="K4" t="s">
+        <v>305</v>
+      </c>
+      <c r="L4" t="s">
+        <v>306</v>
+      </c>
+      <c r="M4" t="s">
+        <v>307</v>
+      </c>
+      <c r="N4" t="s">
+        <v>308</v>
+      </c>
+      <c r="O4" t="s">
+        <v>309</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>280</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>310</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>29</v>
+        <v>311</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>30</v>
+        <v>312</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>313</v>
+      </c>
+      <c r="I5" t="s">
+        <v>292</v>
+      </c>
+      <c r="J5" t="s">
+        <v>314</v>
+      </c>
+      <c r="K5" t="s">
+        <v>315</v>
+      </c>
+      <c r="L5" t="s">
+        <v>316</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>280</v>
       </c>
       <c r="B6" t="s">
-        <v>32</v>
+        <v>317</v>
       </c>
       <c r="C6" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>35</v>
+        <v>318</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>36</v>
+        <v>319</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>320</v>
+      </c>
+      <c r="I6" t="s">
+        <v>285</v>
+      </c>
+      <c r="J6" t="s">
+        <v>321</v>
+      </c>
+      <c r="K6" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>280</v>
+      </c>
+      <c r="B7" t="s">
+        <v>323</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>324</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>325</v>
+      </c>
+      <c r="H7" t="s">
+        <v>326</v>
+      </c>
+      <c r="I7" t="s">
+        <v>292</v>
+      </c>
+      <c r="J7" t="s">
+        <v>327</v>
+      </c>
+      <c r="K7" t="s">
+        <v>328</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>329</v>
+      </c>
+      <c r="B2" t="s">
+        <v>330</v>
+      </c>
+      <c r="C2" t="s">
+        <v>331</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>332</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>333</v>
+      </c>
+      <c r="H2" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>329</v>
+      </c>
+      <c r="B3" t="s">
+        <v>335</v>
+      </c>
+      <c r="C3" t="s">
+        <v>336</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>337</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>338</v>
+      </c>
+      <c r="H3" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>329</v>
+      </c>
+      <c r="B4" t="s">
+        <v>340</v>
+      </c>
+      <c r="C4" t="s">
+        <v>341</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>342</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>343</v>
+      </c>
+      <c r="H4" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>329</v>
+      </c>
+      <c r="B5" t="s">
+        <v>345</v>
+      </c>
+      <c r="C5" t="s">
+        <v>346</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>347</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>348</v>
+      </c>
+      <c r="H5" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>329</v>
+      </c>
+      <c r="B6" t="s">
+        <v>350</v>
+      </c>
+      <c r="C6" t="s">
+        <v>351</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>352</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>353</v>
+      </c>
+      <c r="H6" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>329</v>
+      </c>
+      <c r="B7" t="s">
+        <v>355</v>
+      </c>
+      <c r="C7" t="s">
+        <v>356</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>357</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>358</v>
+      </c>
+      <c r="H7" t="s">
+        <v>359</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="D2" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="E2" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="H2" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="C3" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="D3" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="E3" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="H3" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>51</v>
+        <v>32</v>
       </c>
       <c r="C4" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="E4" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="H4" t="s">
-        <v>56</v>
+        <v>36</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C5" t="s">
         <v>38</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" t="s">
+        <v>43</v>
+      </c>
+      <c r="C6" t="s">
+        <v>44</v>
+      </c>
+      <c r="D6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" t="s">
+        <v>52</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>53</v>
+      </c>
+      <c r="H7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" t="s">
+        <v>55</v>
+      </c>
+      <c r="C8" t="s">
+        <v>56</v>
+      </c>
+      <c r="D8" t="s">
         <v>57</v>
       </c>
-      <c r="C5" t="s">
+      <c r="E8" t="s">
         <v>58</v>
       </c>
-      <c r="D5" t="s">
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
         <v>59</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H8" t="s">
         <v>60</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" t="s">
         <v>61</v>
       </c>
-      <c r="H5" t="s">
+      <c r="C9" t="s">
         <v>62</v>
+      </c>
+      <c r="D9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" t="s">
+        <v>64</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>65</v>
+      </c>
+      <c r="H9" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" t="s">
+        <v>67</v>
+      </c>
+      <c r="C10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E10" t="s">
+        <v>70</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>71</v>
+      </c>
+      <c r="H10" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>19</v>
+      </c>
+      <c r="B11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C11" t="s">
+        <v>74</v>
+      </c>
+      <c r="D11" t="s">
+        <v>75</v>
+      </c>
+      <c r="E11" t="s">
+        <v>75</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>76</v>
+      </c>
+      <c r="H11" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>19</v>
+      </c>
+      <c r="B12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C12" t="s">
+        <v>79</v>
+      </c>
+      <c r="D12" t="s">
+        <v>80</v>
+      </c>
+      <c r="E12" t="s">
+        <v>80</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>81</v>
+      </c>
+      <c r="H12" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" t="s">
+        <v>83</v>
+      </c>
+      <c r="C13" t="s">
+        <v>84</v>
+      </c>
+      <c r="D13" t="s">
+        <v>85</v>
+      </c>
+      <c r="E13" t="s">
+        <v>86</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H13" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B14" t="s">
+        <v>89</v>
+      </c>
+      <c r="C14" t="s">
+        <v>90</v>
+      </c>
+      <c r="D14" t="s">
+        <v>91</v>
+      </c>
+      <c r="E14" t="s">
+        <v>92</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>93</v>
+      </c>
+      <c r="H14" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>19</v>
+      </c>
+      <c r="B15" t="s">
+        <v>95</v>
+      </c>
+      <c r="C15" t="s">
+        <v>96</v>
+      </c>
+      <c r="D15" t="s">
+        <v>97</v>
+      </c>
+      <c r="E15" t="s">
+        <v>98</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>99</v>
+      </c>
+      <c r="H15" t="s">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O2"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>66</v>
+        <v>101</v>
       </c>
       <c r="B2" t="s">
-        <v>67</v>
+        <v>102</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>103</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>68</v>
+        <v>104</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>69</v>
+        <v>105</v>
       </c>
       <c r="H2" t="s">
-        <v>70</v>
+        <v>106</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B3" t="s">
+        <v>107</v>
+      </c>
+      <c r="C3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>109</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>110</v>
+      </c>
+      <c r="H3" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>101</v>
+      </c>
+      <c r="B4" t="s">
+        <v>112</v>
+      </c>
+      <c r="C4" t="s">
+        <v>113</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>114</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>115</v>
+      </c>
+      <c r="H4" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>101</v>
+      </c>
+      <c r="B5" t="s">
+        <v>117</v>
+      </c>
+      <c r="C5" t="s">
+        <v>118</v>
+      </c>
+      <c r="D5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E5" t="s">
+        <v>120</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>121</v>
+      </c>
+      <c r="H5" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>101</v>
+      </c>
+      <c r="B6" t="s">
+        <v>123</v>
+      </c>
+      <c r="C6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>125</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>126</v>
+      </c>
+      <c r="H6" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>101</v>
+      </c>
+      <c r="B7" t="s">
+        <v>128</v>
+      </c>
+      <c r="C7" t="s">
+        <v>129</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>130</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>131</v>
+      </c>
+      <c r="H7" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>101</v>
+      </c>
+      <c r="B8" t="s">
+        <v>133</v>
+      </c>
+      <c r="C8" t="s">
+        <v>134</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>135</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>136</v>
+      </c>
+      <c r="H8" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>101</v>
+      </c>
+      <c r="B9" t="s">
+        <v>138</v>
+      </c>
+      <c r="C9" t="s">
+        <v>139</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>140</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>141</v>
+      </c>
+      <c r="H9" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>101</v>
+      </c>
+      <c r="B10" t="s">
+        <v>143</v>
+      </c>
+      <c r="C10" t="s">
+        <v>144</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>145</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>146</v>
+      </c>
+      <c r="H10" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>101</v>
+      </c>
+      <c r="B11" t="s">
+        <v>148</v>
+      </c>
+      <c r="C11" t="s">
+        <v>149</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>150</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>151</v>
+      </c>
+      <c r="H11" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12" t="s">
+        <v>153</v>
+      </c>
+      <c r="C12" t="s">
+        <v>154</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>155</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>156</v>
+      </c>
+      <c r="H12" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>158</v>
+      </c>
+      <c r="C13" t="s">
+        <v>159</v>
+      </c>
+      <c r="D13" t="s">
+        <v>160</v>
+      </c>
+      <c r="E13" t="s">
+        <v>161</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>162</v>
+      </c>
+      <c r="H13" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" t="s">
+        <v>164</v>
+      </c>
+      <c r="C14" t="s">
+        <v>165</v>
+      </c>
+      <c r="D14" t="s">
+        <v>160</v>
+      </c>
+      <c r="E14" t="s">
+        <v>166</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>167</v>
+      </c>
+      <c r="H14" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>101</v>
+      </c>
+      <c r="B15" t="s">
+        <v>169</v>
+      </c>
+      <c r="C15" t="s">
+        <v>170</v>
+      </c>
+      <c r="D15" t="s">
+        <v>171</v>
+      </c>
+      <c r="E15" t="s">
+        <v>172</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>173</v>
+      </c>
+      <c r="H15" t="s">
+        <v>174</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>175</v>
+      </c>
+      <c r="B2" t="s">
+        <v>176</v>
+      </c>
+      <c r="C2" t="s">
+        <v>177</v>
+      </c>
+      <c r="D2" t="s">
+        <v>178</v>
+      </c>
+      <c r="E2" t="s">
+        <v>179</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>180</v>
+      </c>
+      <c r="H2" t="s">
+        <v>181</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>182</v>
+      </c>
+      <c r="B2" t="s">
+        <v>183</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>184</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>185</v>
+      </c>
+      <c r="H2" t="s">
+        <v>186</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>187</v>
+      </c>
+      <c r="B2" t="s">
+        <v>188</v>
+      </c>
+      <c r="C2" t="s">
+        <v>189</v>
+      </c>
+      <c r="D2" t="s">
+        <v>190</v>
+      </c>
+      <c r="E2" t="s">
+        <v>191</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>192</v>
+      </c>
+      <c r="H2" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>187</v>
+      </c>
+      <c r="B3" t="s">
+        <v>194</v>
+      </c>
+      <c r="C3" t="s">
+        <v>195</v>
+      </c>
+      <c r="D3" t="s">
+        <v>196</v>
+      </c>
+      <c r="E3" t="s">
+        <v>197</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>198</v>
+      </c>
+      <c r="H3" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>187</v>
+      </c>
+      <c r="B4" t="s">
+        <v>200</v>
+      </c>
+      <c r="C4" t="s">
+        <v>201</v>
+      </c>
+      <c r="D4" t="s">
+        <v>202</v>
+      </c>
+      <c r="E4" t="s">
+        <v>203</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>204</v>
+      </c>
+      <c r="H4" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>187</v>
+      </c>
+      <c r="B5" t="s">
+        <v>206</v>
+      </c>
+      <c r="C5" t="s">
+        <v>207</v>
+      </c>
+      <c r="D5" t="s">
+        <v>208</v>
+      </c>
+      <c r="E5" t="s">
+        <v>209</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>210</v>
+      </c>
+      <c r="H5" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B6" t="s">
+        <v>212</v>
+      </c>
+      <c r="C6" t="s">
+        <v>213</v>
+      </c>
+      <c r="D6" t="s">
+        <v>214</v>
+      </c>
+      <c r="E6" t="s">
+        <v>215</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>216</v>
+      </c>
+      <c r="H6" t="s">
+        <v>217</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>219</v>
+      </c>
+      <c r="B2" t="s">
+        <v>220</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>221</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>222</v>
+      </c>
+      <c r="H2" t="s">
+        <v>223</v>
       </c>
       <c r="I2" t="s">
-        <v>71</v>
-[...17 lines deleted...]
-        <v>77</v>
+        <v>224</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>219</v>
+      </c>
+      <c r="B3" t="s">
+        <v>225</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>226</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>227</v>
+      </c>
+      <c r="H3" t="s">
+        <v>228</v>
+      </c>
+      <c r="I3" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>219</v>
+      </c>
+      <c r="B4" t="s">
+        <v>229</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>230</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>231</v>
+      </c>
+      <c r="H4" t="s">
+        <v>232</v>
+      </c>
+      <c r="I4" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>219</v>
+      </c>
+      <c r="B5" t="s">
+        <v>233</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>234</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>235</v>
+      </c>
+      <c r="H5" t="s">
+        <v>236</v>
+      </c>
+      <c r="I5" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>219</v>
+      </c>
+      <c r="B6" t="s">
+        <v>237</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>238</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>239</v>
+      </c>
+      <c r="H6" t="s">
+        <v>240</v>
+      </c>
+      <c r="I6" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>219</v>
+      </c>
+      <c r="B7" t="s">
+        <v>241</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>242</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>243</v>
+      </c>
+      <c r="H7" t="s">
+        <v>244</v>
+      </c>
+      <c r="I7" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>219</v>
+      </c>
+      <c r="B8" t="s">
+        <v>245</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>246</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>247</v>
+      </c>
+      <c r="H8" t="s">
+        <v>248</v>
+      </c>
+      <c r="I8" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>219</v>
+      </c>
+      <c r="B9" t="s">
+        <v>249</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>250</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>251</v>
+      </c>
+      <c r="H9" t="s">
+        <v>252</v>
+      </c>
+      <c r="I9" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>219</v>
+      </c>
+      <c r="B10" t="s">
+        <v>253</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>254</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>255</v>
+      </c>
+      <c r="H10" t="s">
+        <v>256</v>
+      </c>
+      <c r="I10" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>219</v>
+      </c>
+      <c r="B11" t="s">
+        <v>257</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>258</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>259</v>
+      </c>
+      <c r="H11" t="s">
+        <v>260</v>
+      </c>
+      <c r="I11" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>219</v>
+      </c>
+      <c r="B12" t="s">
+        <v>261</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>262</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>263</v>
+      </c>
+      <c r="H12" t="s">
+        <v>264</v>
+      </c>
+      <c r="I12" t="s">
+        <v>224</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>265</v>
+      </c>
+      <c r="B2" t="s">
+        <v>266</v>
+      </c>
+      <c r="C2" t="s">
+        <v>267</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>268</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>269</v>
+      </c>
+      <c r="H2" t="s">
+        <v>270</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>271</v>
+      </c>
+      <c r="B2" t="s">
+        <v>272</v>
+      </c>
+      <c r="C2" t="s">
+        <v>273</v>
+      </c>
+      <c r="D2" t="s">
+        <v>274</v>
+      </c>
+      <c r="E2" t="s">
+        <v>275</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>276</v>
+      </c>
+      <c r="H2" t="s">
+        <v>277</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>