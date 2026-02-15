--- v0 (2026-02-15)
+++ v1 (2026-02-15)
@@ -5,747 +5,747 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide usagers" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="343" uniqueCount="226">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>04/01/2004 14:09:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004</t>
+  </si>
+  <si>
+    <t>Le rapport Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004 évalue l’opportunité du dépistage systématique de l’hémochromatose HFE1, maladie génétique à l’origine d’une surcharge chronique en fer, en population générale en 2004 selon les critères de l’OMS (actualisation du rapport d’évaluation ANAES de 1999). L’analyse économique repose sur une analyse critique de la littérature internationale ainsi que sur des simulations économiques de stratégies de dépistage de l’hémochromatose HFE1 qui tiennent compte des particularités françaises.</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 14:09:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_464134/en/clinical-and-economic-assessment-of-screening-for-hfe1-haemochromatosis-in-2004</t>
+    <t>https://www.has-sante.fr/jcms/c_464134/fr/evaluation-clinique-et-economique-du-depistage-de-l-hemochromatose-hfe1-en-2004</t>
   </si>
   <si>
     <t>c_464134</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Chronic hepatitis B</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_452115/en/chronic-hepatitis-b</t>
+    <t>ALD n° 6 - Hépatite chronique B</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/11/2024 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_452115/fr/ald-n-6-hepatite-chronique-b</t>
   </si>
   <si>
     <t>c_452115</t>
   </si>
   <si>
-    <t>Acquired and inherited aplastic anemia</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Early-Onset Anorexia Nervosa</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
+    <t>Anorexie Mentale à début Précoce (AMP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant/adolescent atteint d’AMP. Il a été élaboré par le Centre de Référence Anorexie Mentale à début Précoce à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Accouchement normal : accompagnement de la physiologie et interventions médicales</t>
+  </si>
+  <si>
+    <t>Définir pour les femmes à bas risque obstétrical les modalités de prise en charge respectueuses du rythme et du déroulement spontané de la naissance et des préférences des femmes. Améliorer et garantir la qualité et la sécurité des soins de la mère et du nouveau-né.</t>
+  </si>
+  <si>
+    <t>23/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Foot problems in the elderly: podiatric assessment and management</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Management of female genital mutilation by primary healthcare professionals</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3150640/en/management-of-female-genital-mutilation-by-primary-healthcare-professionals</t>
+    <t>Prise en charge des mutilations sexuelles féminines par les professionnels de santé de premier recours</t>
+  </si>
+  <si>
+    <t>Les mutilations sexuelles féminines peuvent être pratiquées à tout âge, dans toutes les catégories socio-professionnelles et indépendamment de toute confession religieuse. En France ces mutilations sont interdites par la loi, même si elles sont commises à l’étranger.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2020 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150640/fr/prise-en-charge-des-mutilations-sexuelles-feminines-par-les-professionnels-de-sante-de-premier-recours</t>
   </si>
   <si>
     <t>p_3150640</t>
   </si>
   <si>
-    <t>Child abuse: identification and action to be taken</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1760393/en/child-abuse-identification-and-action-to-be-taken</t>
+    <t>Maltraitance chez l’enfant : repérage et conduite à tenir</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo a été modifiée suite à l’actualisation de la recommandation de bonne pratique sur le syndrome du bébé secoué en juillet 2017.</t>
+  </si>
+  <si>
+    <t>12/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760393/fr/maltraitance-chez-l-enfant-reperage-et-conduite-a-tenir</t>
   </si>
   <si>
     <t>c_1760393</t>
   </si>
   <si>
-    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
+    <t>Syndrome du bébé secoué ou traumatisme crânien non accidentel par secouement</t>
+  </si>
+  <si>
+    <t>La HAS et la SOFMER ont élaboré conjointement l’actualisation des recommandations de la commission d’audition de 2011 sur le thème du syndrome du bébé secoué. Cette recommandation de bonne pratique précise la démarche diagnostique (repérage, conduites à tenir, lésions observées, bilan clinique et para-clinique, diagnostics différentiels, critères diagnostiques), le mécanisme causal et la datation des lésions, ainsi que les aspects juridiques lorsque le diagnostic est évoqué ou posé.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
   </si>
   <si>
     <t>c_2794425</t>
   </si>
   <si>
-    <t>Obesity surgery in adults</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Diagnosis of uncomplicated cirrhosis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_476486/en/diagnosis-of-uncomplicated-cirrhosis</t>
+    <t>Critères diagnostiques et bilan initial de la cirrhose non compliquée</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif d'améliorer le diagnostic de la cirrhose non compliquée, afin d’en traiter la cause et les éventuelles comorbidités, et de prévenir ses complications.</t>
+  </si>
+  <si>
+    <t>19/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_476486/fr/criteres-diagnostiques-et-bilan-initial-de-la-cirrhose-non-compliquee</t>
   </si>
   <si>
     <t>c_476486</t>
   </si>
   <si>
-    <t>Malnutrition in the elderly - Nutritional support strategy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Managing venous leg ulcers (excluding dressings)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_459541/en/managing-venous-leg-ulcers-excluding-dressings</t>
+    <t>Prise en charge de l’ulcère de jambe à prédominance veineuse hors pansement</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge des ulcères veineux ou à prédominance veineuse.# Les questions abordées sont : # 1. la définition d’un ulcère veineux ou à prédominance veineuse# 2. l’épidémiologie et la charge de la maladie# 3. les signes cliniques et paracliniques permettant de diagnostiquer un ulcère veineux ou à prédominance veineuse# 4. le traitement étiologique des ulcères à prédominance veineuse (compression, chirurgie, techniques de destruction veineuse non chirurgicales, traitements médicamenteux)# 5. les précautions à prendre en cas d’artériopathie oblitérante des membres inférieurs (AOMI) associée# 6. les mesures associées (kinésithérapie, mesures d’hygiène de vie).# L’argumentaire comprend une analyse de la littérature médico-économique sur la charge de la maladie et les modes de prise en charge structurés.# Les recommandations n’abordent pas : # 1. les ulcères mixtes à prédominance artérielle (index de pression systolique [IPS] &lt; 0,7)# 2. les soins locaux# 3. la prise en charge de l’insuffisance veineuse en dehors du contexte de l’ulcère# 4. la place des cures thermales# 5. les malformations veineuses congénitales# 6. les spécificités de la prise en charge en médecine du travail</t>
+  </si>
+  <si>
+    <t>01/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/fr/prise-en-charge-de-l-ulcere-de-jambe-a-predominance-veineuse-hors-pansement</t>
   </si>
   <si>
     <t>c_459541</t>
   </si>
   <si>
-    <t>Improving information provision for pregnant women</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Management of patients with HFE-related haemochromatosis (Type 1 haemochromatosis)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_432802/en/management-of-patients-with-hfe-related-haemochromatosis-type-1-haemochromatosis</t>
+    <t>Prise en charge de l'hémochromatose liée au gène HFE (hémochromatose de type 1)</t>
+  </si>
+  <si>
+    <t>Les questions abordées dans les recommandations professionnelles sont les suivantes :# 1. Évaluation initiale et traitement de la surcharge martiale# 2. Modalités de détection des complications - Suivi du patient# 3. Modalités de prise en charge de la famille - Conseil génétique# 4. Critères d’éligibilité et modalités de prise en charge à domicile#</t>
+  </si>
+  <si>
+    <t>01/07/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/fr/prise-en-charge-de-l-hemochromatose-liee-au-gene-hfe-hemochromatose-de-type-1</t>
   </si>
   <si>
     <t>c_432802</t>
   </si>
   <si>
-    <t>Induced abortion up to 14 weeks</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
+    <t>Prise en charge de l'interruption volontaire de grossesse jusqu'à 14 semaines</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge de l'interruption volontaire de grossesse (IVG) réalisée dans un délai de 14 semaines d'aménorrhée et dans le cadre légal.</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Management of patients with cystic fibrosis (compliance, nutrition, gastroenterology and metabolism)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
+    <t>Prise en charge du patient atteint de mucoviscidose - Observance, nutrition, gastro-entérologie et métabolisme</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quelle est l'influence de l'état nutritionnel sur l'évolution de la mucoviscidose ?# 2. Quelle stratégie peut-on proposer pour maintenir un état nutritionnel optimal ?# 3. Quelle doit être la démarche diagnostique devant des douleurs abdominales chez un patient atteint de mucoviscidose ?# 4. Quelles sont les stratégies diagnostiques et thérapeutiques des troubles du métabolisme glucidique au cours de la mucoviscidose ?# 5. Quelle doit être la prise en charge de l'atteinte hépato-biliaire au cours de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>15/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272207/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-observance-nutrition-gastro-enterologie-et-metabolisme</t>
   </si>
   <si>
     <t>c_272207</t>
   </si>
   <si>
-    <t>Periodontal disease: diagnosis and treatment</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+    <t>Parodontopathies : diagnostic et traitements</t>
+  </si>
+  <si>
+    <t>Les thèmes suivants sont abordés dans ces recommandations :# 1. Définition et classification des parodontopathies# 2. Epidémiologie et facteurs de risques# 3. Diagnostic (clinique, radiologique, microbiologique et marqueurs biologiques)# 4. Moyens thérapeutiques# 5. La maladie parodontale comme facteur de risque d'autres maladies ou situations# 6. Stratégie de prise en charge#</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Indications for lower gastrointestinal endoscopy (excluding population screening)</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272348/en/indications-for-lower-gastrointestinal-endoscopy-excluding-population-screening</t>
+    <t>Endoscopie digestive basse : indications en dehors du dépistage en population</t>
+  </si>
+  <si>
+    <t>Préciser la place de l'endoscopie digestive basse pour le diagnostic de lésions néoplasiques chez des sujets à risque élevé et très élevé de cancer colorectal, et dans des situations cliniques particulières pour les sujets à risque moyen de cancer colorectal.</t>
+  </si>
+  <si>
+    <t>01/04/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272348/fr/endoscopie-digestive-basse-indications-en-dehors-du-depistage-en-population</t>
   </si>
   <si>
     <t>c_272348</t>
   </si>
   <si>
-    <t>Primary postpartum haemorrhage</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+    <t>Hémorragies du post-partum immédiat</t>
+  </si>
+  <si>
+    <t>Les hémorragies du post-partum (HPP) sont la première cause de mortalité maternelle en France.# Ces recommandations ont pour objectif d’aider les professionnels de santé (gynécologue-obstétriciens, anesthésistes-réanimateurs, sages-femmes) à prendre une décision médicale dans ce contexte d’urgence.# Les recommandations répondent aux principales questions suivantes : # 1. Quels sont les facteurs de risque en période anténatale et pendant le travail ?# 2. Quelle est la prise en charge recommandée en période anténatale et au moment de l’accouchement afin de diminuer le risque de survenue ou les conséquences d’une HPP ?# 3. Quelle est la prise en charge recommandée en cas d’HPP initiale et en cas d’HPP qui persiste ?# 4. Quelles sont les méthodes invasives recommandées et quelle stratégie adopter en cas d’HPP menaçant le pronostic vital ?</t>
+  </si>
+  <si>
+    <t>01/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
-    <t>Documents for Patients</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2911396/en/research-and-treatment-of-helicobacter-pylori</t>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Helicobacter pylori : recherche et traitement</t>
+  </si>
+  <si>
+    <t>Votre médecin vous a prescrit un examen pour rechercher la bactérie Helicobacter pylori ou vous allez recevoir un traitement pour éliminer cette infection. Ces fiches d'information ont pour objectif de vous accompagner et de vous apporter toutes les informations utiles.</t>
+  </si>
+  <si>
+    <t>13/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2019 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911396/fr/helicobacter-pylori-recherche-et-traitement</t>
   </si>
   <si>
     <t>c_2911396</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Utilité clinique du dosage de la vitamine B1</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’utilité clinique du dosage de la vitamine B1 dans la stratégie diagnostique et thérapeutique de supplémentation vitaminique visant à prévenir cinq tableaux cliniques carentiels majeurs : l’encéphalopathie de Gayet-Wernicke, le syndrome de Korsakoff, la(es) neuropathie(s) périphérique(s), l’insuffisance cardiaque, ou plus généralement le béribéri</t>
+  </si>
+  <si>
+    <t>18/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
   <si>
-    <t>Treatment of superficial stomach cancer by endoscopic submucosal dissection (ESD) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853383/en/treatment-of-superficial-stomach-cancer-by-endoscopic-submucosal-dissection-esd-inahta-brief</t>
+    <t>Traitement endoscopique par dissection sous-muqueuse des cancers superficiels de l’estomac</t>
+  </si>
+  <si>
+    <t>Évaluation de l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel de l’estomac jugé à faible risque d’envahissement ganglionnaire, en comparaison à la gastrectomie et à la mucosectomie, afin de statuer sur la pertinence de son inscription à la classification commune des actes médicaux (CCAM) en vue de sa prise en charge par la collectivité</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2018 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853383/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-cancers-superficiels-de-l-estomac</t>
   </si>
   <si>
     <t>c_2853383</t>
   </si>
   <si>
-    <t>Treatment of superficial œsophageal cancer by endoscopic submucosal dissection (ESD) - INAHTA Brief</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853386/en/treatment-of-superficial-oesophageal-cancer-by-endoscopic-submucosal-dissection-esd-inahta-brief</t>
+    <t>Traitement endoscopique par dissection sous-muqueuse des cancers superficiels de l’œsophage</t>
+  </si>
+  <si>
+    <t>Évaluation de l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel de l’œsophage jugé à faible risque d’envahissement ganglionnaire, en comparaison à l’œsophagectomie et à la mucosectomie, afin de statuer sur la pertinence de son inscription à la classification commune des actes médicaux (CCAM) en vue de sa prise en charge par la collectivité.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853386/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-cancers-superficiels-de-l-oesophage</t>
   </si>
   <si>
     <t>c_2853386</t>
   </si>
   <si>
-    <t>Vitamin C blood level testing - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+    <t>Dosage de la vitamine C dans le sang</t>
+  </si>
+  <si>
+    <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues aux champignons filamenteux du genre Aspergillus, la HAS a évalué les techniques directes de recherche d’antigènes solubles spécifiques dans le sang (et les autres liquides biologiques) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques.</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Stereotactic Radiation Therapy for Liver Tumours - INAHTA Brief</t>
+    <t>Radiothérapie en conditions stéréotaxiques des tumeurs hépatiques - Rapport d'évaluation technologique</t>
   </si>
   <si>
     <t>The purpose of this report was to analyse the efficacy and safety data of Stereotactic Body Radiation Therapy (SBRT) in patients with inoperable primary (hepatocellular carcinoma (HCC) and metastatic liver tumours (LM), to define the indications and the place of SBRT in the therapeutic strategy with the aim of its inclusion in the CCAM (French National list of reimbursement)</t>
   </si>
   <si>
-    <t>09/28/2016 00:00:00</t>
+    <t>28/09/2016 00:00:00</t>
   </si>
   <si>
     <t>10/10/2016 11:26:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2565031/en/stereotactic-radiation-therapy-for-liver-tumours-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_2565031/fr/radiotherapie-en-conditions-stereotaxiques-des-tumeurs-hepatiques-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2565031</t>
   </si>
   <si>
-    <t>Assessment of non-invasive methods for measuring liver fibrosis in chronic hepatitis B. Initial assessment and follow-up of non-treated adult patients - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1627010/en/assessment-of-non-invasive-methods-for-measuring-liver-fibrosis-in-chronic-hepatitis-b-initial-assessment-and-follow-up-of-non-treated-adult-patients-inahta-brief</t>
+    <t>Évaluation des méthodes non invasives de mesure de la fibrose hépatique dans l’hépatite B chronique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ce rapport d'évaluation est de déterminer l’utilité clinique des méthodes non invasives de mesure de la fibrose dans le cadre du bilan initial et du suivi de l’hépatite B chronique chez l’adulte non traité. En l’absence d’une démonstration suffisante de cette utilité clinique, les performances diagnostiques de ces méthodes non invasives seront recherchées, par comparaison à la ponction biopsie hépatique.</t>
+  </si>
+  <si>
+    <t>19/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/06/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1627010/fr/evaluation-des-methodes-non-invasives-de-mesure-de-la-fibrose-hepatique-dans-l-hepatite-b-chronique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1627010</t>
   </si>
   <si>
-    <t>The place of and conditions for carrying out polysomnography and respiratory polygraphy in sleep disorders</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
+    <t>Place et conditions de réalisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Préciser les indications et non indications ainsi que les conditions d'utilisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil.</t>
+  </si>
+  <si>
+    <t>01/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/fr/place-et-conditions-de-realisation-de-la-polysomnographie-et-de-la-polygraphie-respiratoire-dans-les-troubles-du-sommeil-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1056842</t>
   </si>
   <si>
-    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+    <t>Choix des examens du métabolisme du fer en cas de suspicion de carence en fer - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la réforme de la biologie et de la maîtrise médicalisée des volumes des actes fréquents, l’objectif de cette évaluation est de préciser les marqueurs du métabolisme du fer à doser quand une carence en fer est suspectée</t>
+  </si>
+  <si>
+    <t>16/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1051506</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984094/en/tardyferon-medicaments-a-base-de-fer-seul-sels-ferreux-antianemiques</t>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>TARDYFERON (fer sous forme de sulfate ferreux)</t>
+  </si>
+  <si>
+    <t>02/11/2021 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984094/fr/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
   </si>
   <si>
     <t>pprd_2984094</t>
   </si>
   <si>
     <t>fer (sous forme de sulfate ferreux)</t>
   </si>
   <si>
     <t>PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_605734/en/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3295759/en/tardyferon-50-80-mg-sulfate-ferreux-desseche</t>
+    <t>https://www.has-sante.fr/jcms/c_605734/fr/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642471/fr/tardyferon-b9-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363119/fr/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027365/fr/tardyferon-b9-sulfate-ferreux-acide-folique-antianemique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635773/fr/tardyferon-medicaments-a-base-de-fer-seul-sels-ferreux-antianemiques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245669/fr/tardyferon-preparations-antianemiques-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295759/fr/tardyferon-50-80-mg-sulfate-ferreux-desseche</t>
   </si>
   <si>
     <t>MONOVER (fer (III) isomaltoside 1000)</t>
   </si>
   <si>
-    <t>06/01/2017 15:56:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983764/en/monover-fer-iii-isomaltoside-1000</t>
+    <t>01/06/2017 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983764/fr/monover-fer-iii-isomaltoside-1000</t>
   </si>
   <si>
     <t>pprd_2983764</t>
   </si>
   <si>
     <t>fer (III) isomaltoside 1000</t>
   </si>
   <si>
     <t>MEDIPHA SANTE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2736204/en/monover-iron-isomaltoside-1000-injectable-iron</t>
+    <t>https://www.has-sante.fr/jcms/c_2736204/fr/monover-fer-isomaltoside-1000-fer-par-voie-injectable</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">