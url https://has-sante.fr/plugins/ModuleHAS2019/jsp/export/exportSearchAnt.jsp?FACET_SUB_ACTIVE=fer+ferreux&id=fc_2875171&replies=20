--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,173 +1,281 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="55">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>04/01/2004 14:09:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Exposition environnementale à l’amiante : état des données et conduite à tenir</t>
+  </si>
+  <si>
+    <t>Il ressort de cette analyse que le risque de survenue de cancers liés à l’amiante environnemental non professionnel concerne essentiellement les personnes exposées à un niveau intermédiaire fort ou élevé d’amiante. Les personnes exposées à un niveau faible ou intermédiaire faible doivent être rassurées.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2009 11:57:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_464134/en/clinical-and-economic-assessment-of-screening-for-hfe1-haemochromatosis-in-2004</t>
+    <t>https://www.has-sante.fr/jcms/c_759760/fr/exposition-environnementale-a-l-amiante-etat-des-donnees-et-conduite-a-tenir</t>
+  </si>
+  <si>
+    <t>c_759760</t>
+  </si>
+  <si>
+    <t>Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004</t>
+  </si>
+  <si>
+    <t>Le rapport Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004 évalue l’opportunité du dépistage systématique de l’hémochromatose HFE1, maladie génétique à l’origine d’une surcharge chronique en fer, en population générale en 2004 selon les critères de l’OMS (actualisation du rapport d’évaluation ANAES de 1999). L’analyse économique repose sur une analyse critique de la littérature internationale ainsi que sur des simulations économiques de stratégies de dépistage de l’hémochromatose HFE1 qui tiennent compte des particularités françaises.</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464134/fr/evaluation-clinique-et-economique-du-depistage-de-l-hemochromatose-hfe1-en-2004</t>
   </si>
   <si>
     <t>c_464134</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
+  </si>
+  <si>
+    <t>À la demande de la société française d’anesthésie-réanimation (SFAR) et du collectif national des associations d’obèse (CNAO), la HAS a élaboré des recommandations de bonnes pratiques sur la gestion du capital sanguin en pré, per et post opératoire et en obstétrique. Il s'agit d'une démarche innovante qui permet d’optimiser la prise en charge des patients devant avoir une intervention chirurgicale à risque hémorragique.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2022 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193968/fr/gestion-du-capital-sanguin-en-pre-per-et-post-operatoire-et-en-obstetrique</t>
+  </si>
+  <si>
+    <t>p_3193968</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Dosage de la vitamine C dans le sang</t>
+  </si>
+  <si>
+    <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
   </si>
   <si>
     <t>c_2823990</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>FERO-GRAD VITAMINE C (sulfate de fer ferreux/ acide ascorbique)</t>
+  </si>
+  <si>
+    <t>15/11/2021 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984942/fr/fero-grad-vitamine-c-sulfate-de-fer-ferreux/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>pprd_2984942</t>
+  </si>
+  <si>
+    <t>sulfate de fer ferreux,acide ascorbique</t>
+  </si>
+  <si>
+    <t>TEOFARMA SRL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642417/fr/fero-grad-sulfate-de-fer-ferreux/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363128/fr/fero-grad-vitamine-c-sulfate-de-fer-ferreux/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296245/fr/fero-grad-vitamine-c-500-acide-ascorbique/-sulfate-ferreux-heptahydrate</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -188,67 +296,355 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D2" t="s">
+        <v>38</v>
+      </c>
+      <c r="E2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>40</v>
+      </c>
+      <c r="H2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>42</v>
+      </c>
+      <c r="J1" t="s">
+        <v>43</v>
+      </c>
+      <c r="K1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H2" t="s">
+        <v>49</v>
+      </c>
+      <c r="I2" t="s">
+        <v>50</v>
+      </c>
+      <c r="J2" t="s">
+        <v>51</v>
+      </c>
+      <c r="K2" t="s">
+        <v>52</v>
+      </c>
+      <c r="L2" t="s">
+        <v>53</v>
+      </c>
+      <c r="M2" t="s">
+        <v>54</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>