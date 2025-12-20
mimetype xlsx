--- v0 (2025-10-06)
+++ v1 (2025-12-20)
@@ -35,90 +35,90 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/01/2005 20:19:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'hémochromatose liée au gène HFE (hémochromatose de type 1)</t>
+  </si>
+  <si>
+    <t>Les questions abordées dans les recommandations professionnelles sont les suivantes :# 1. Évaluation initiale et traitement de la surcharge martiale# 2. Modalités de détection des complications - Suivi du patient# 3. Modalités de prise en charge de la famille - Conseil génétique# 4. Critères d’éligibilité et modalités de prise en charge à domicile#</t>
+  </si>
+  <si>
+    <t>01/07/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2005 20:19:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_432802/en/management-of-patients-with-hfe-related-haemochromatosis-type-1-haemochromatosis</t>
+    <t>https://www.has-sante.fr/jcms/c_432802/fr/prise-en-charge-de-l-hemochromatose-liee-au-gene-hfe-hemochromatose-de-type-1</t>
   </si>
   <si>
     <t>c_432802</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Dosage de la vitamine C dans le sang</t>
+  </si>
+  <si>
+    <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>