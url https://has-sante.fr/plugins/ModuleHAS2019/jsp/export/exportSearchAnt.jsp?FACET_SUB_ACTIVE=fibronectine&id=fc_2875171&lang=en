--- v0 (2026-02-15)
+++ v1 (2026-02-15)
@@ -2,237 +2,237 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="58">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/07/2009 16:00:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Critères diagnostiques et bilan initial de la cirrhose non compliquée</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif d'améliorer le diagnostic de la cirrhose non compliquée, afin d’en traiter la cause et les éventuelles comorbidités, et de prévenir ses complications.</t>
+  </si>
+  <si>
+    <t>19/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_476486/en/diagnosis-of-uncomplicated-cirrhosis</t>
+    <t>https://www.has-sante.fr/jcms/c_476486/fr/criteres-diagnostiques-et-bilan-initial-de-la-cirrhose-non-compliquee</t>
   </si>
   <si>
     <t>c_476486</t>
   </si>
   <si>
-    <t>Improving information provision for pregnant women</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Periodontal disease: diagnosis and treatment</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+    <t>Parodontopathies : diagnostic et traitements</t>
+  </si>
+  <si>
+    <t>Les thèmes suivants sont abordés dans ces recommandations :# 1. Définition et classification des parodontopathies# 2. Epidémiologie et facteurs de risques# 3. Diagnostic (clinique, radiologique, microbiologique et marqueurs biologiques)# 4. Moyens thérapeutiques# 5. La maladie parodontale comme facteur de risque d'autres maladies ou situations# 6. Stratégie de prise en charge#</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’assainissement parodontal - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Analyse de l’efficacité et de la sécurité de l’acte de détartrage et surfaçage radiculaire dans la prise en charge des parodontites agressives et chroniques.</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/fr/evaluation-de-l-assainissement-parodontal-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2842270</t>
   </si>
   <si>
-    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Surgical haemostatic agents:treatments of last resort</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1440082/en/surgical-haemostatic-agents-treatments-of-last-resort</t>
+    <t>Hémostatiques chirurgicaux : un traitement de dernière intention - Fiche BUTS</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2011 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1440082/fr/hemostatiques-chirurgicaux-un-traitement-de-derniere-intention-fiche-buts</t>
   </si>
   <si>
     <t>r_1440082</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>EVICEL (fibronectine/ concentré de protéines coagulables ((MAMMIFERE/PLASMA/HU...)</t>
   </si>
   <si>
-    <t>02/23/2015 17:50:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984677/en/evicel-fibronectine/-concentre-de-proteines-coagulables-mammifere/plasma/hu</t>
+    <t>23/02/2015 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984677/fr/evicel-fibronectine/-concentre-de-proteines-coagulables-mammifere/plasma/hu</t>
   </si>
   <si>
     <t>pprd_2984677</t>
   </si>
   <si>
     <t>fibronectine,concentré de protéines coagulables ((MAMMIFERE/PLASMA/HUMAIN)),thrombine humaine ((MAMMIFERE/HUMAIN/PLASMA))</t>
   </si>
   <si>
     <t>ETHICON SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1774119/en/evicel-sealant-based-on-human-fibrinogen-and-thrombin</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_887287/en/evicel</t>
+    <t>https://www.has-sante.fr/jcms/c_1774119/fr/evicel-colle-a-base-de-fibrinogene-et-de-thrombine-humains-fibronectine/-concentre-de-proteines-coagulables-mammifere/plasma/hu</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_887287/fr/evicel-fibronectine/-concentre-de-proteines-coagulables-mammifere/plasma/hu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">