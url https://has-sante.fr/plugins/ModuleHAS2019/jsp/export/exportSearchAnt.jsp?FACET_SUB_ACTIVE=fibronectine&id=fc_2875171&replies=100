--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,1321 +1,596 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="58">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>PEPTAMEN</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Diagnosis of uncomplicated cirrhosis</t>
+  </si>
+  <si>
+    <t>The World Health Organisation defines cirrhosis as a diffuse process characterised by fibrosis and the conversion of normal liver architecture into structurally abnormal nodules. The following guidelines concern uncomplicated cirrhosis only, i.e. the stage of the disease when patients have few or no symptoms.</t>
+  </si>
+  <si>
+    <t>12/19/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/07/2009 16:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>11/06/2003 00:00:00</t>
-[...167 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_476486/fr/criteres-diagnostiques-et-bilan-initial-de-la-cirrhose-non-compliquee</t>
+    <t>https://www.has-sante.fr/jcms/c_476486/en/diagnosis-of-uncomplicated-cirrhosis</t>
   </si>
   <si>
     <t>c_476486</t>
   </si>
   <si>
-    <t>Comment mieux informer les femmes enceintes ?</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Parodontopathies : diagnostic et traitements</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
+    <t>Periodontal disease: diagnosis and treatment</t>
+  </si>
+  <si>
+    <t>Questions discussed :# 1. Definitions# 2. Classification of periodontal disease# 3. Epidemiology and risk factors# 4. Diagnosis# 5. Periodontal disease as risk factor for other diseases or situations# 6. Treatment ans treatment strategy#</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842270/fr/evaluation-de-l-assainissement-parodontal-rapport-d-evaluation-technologique</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of scaling and root planing (non-surgical periodontal therapy) in the treatment of periodontal disease - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request by the French National Health Insurance concerning non-surgical periodontal therapy or scaling and root planing (SRP), this report focused on the assessment of the SRP procedure in the management of aggressive and chronic periodontal disease, in terms of its efficacy and safety. The assessment also studied the effects of the full-mouth disinfection method, with or without antiseptic agents, compared to SRP by quadrant / sextant. In addition, the report assessed whether the use of adjuncts to SRP, local antibiotic therapy, systemic antibiotic therapy, photodynamic therapy and different types of laser (Er:YAG laser, Nd:YAg laser, diode laser), were liable to improve the efficacy of treatment, compared to SRP alone</t>
+  </si>
+  <si>
+    <t>12/19/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/21/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
   </si>
   <si>
     <t>c_2842270</t>
   </si>
   <si>
-    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Hémostatiques chirurgicaux : un traitement de dernière intention - Fiche BUTS</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1440082/fr/hemostatiques-chirurgicaux-un-traitement-de-derniere-intention-fiche-buts</t>
+    <t>Surgical haemostatic agents:treatments of last resort</t>
+  </si>
+  <si>
+    <t>06/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>07/25/2011 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1440082/en/surgical-haemostatic-agents-treatments-of-last-resort</t>
   </si>
   <si>
     <t>r_1440082</t>
   </si>
   <si>
-    <t>Évaluation des hémostatiques chirurgicaux</t>
-[...41 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>EVICEL (fibronectine/ concentré de protéines coagulables ((MAMMIFERE/PLASMA/HU...)</t>
   </si>
   <si>
-    <t>23/02/2015 17:50:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984677/fr/evicel-fibronectine/-concentre-de-proteines-coagulables-mammifere/plasma/hu</t>
+    <t>02/23/2015 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984677/en/evicel-fibronectine/-concentre-de-proteines-coagulables-mammifere/plasma/hu</t>
   </si>
   <si>
     <t>pprd_2984677</t>
   </si>
   <si>
     <t>fibronectine,concentré de protéines coagulables ((MAMMIFERE/PLASMA/HUMAIN)),thrombine humaine ((MAMMIFERE/HUMAIN/PLASMA))</t>
   </si>
   <si>
     <t>ETHICON SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1774119/fr/evicel-colle-a-base-de-fibrinogene-et-de-thrombine-humains-fibronectine/-concentre-de-proteines-coagulables-mammifere/plasma/hu</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400988/fr/quixil-solutions-pour-colle-proteines-humaines-coagulables-contenant-principalement-du-fibrinogene</t>
+    <t>https://www.has-sante.fr/jcms/c_1774119/en/evicel-sealant-based-on-human-fibrinogen-and-thrombin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_887287/en/evicel</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="I2" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
-[...5 lines deleted...]
-        <v>16</v>
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="C2" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="H2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="B3" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="C3" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E3" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="H3" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="B4" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="H4" t="s">
-        <v>35</v>
-[...50 lines deleted...]
-      <c r="H6" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:L2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>46</v>
+      </c>
+      <c r="J1" t="s">
+        <v>47</v>
+      </c>
+      <c r="K1" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B2" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C2" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H2" t="s">
-        <v>52</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>53</v>
       </c>
-      <c r="C3" t="s">
+      <c r="I2" t="s">
         <v>54</v>
       </c>
-      <c r="D3" t="s">
+      <c r="J2" t="s">
         <v>55</v>
       </c>
-      <c r="E3" t="s">
+      <c r="K2" t="s">
         <v>56</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="L2" t="s">
         <v>57</v>
-      </c>
-[...446 lines deleted...]
-        <v>131</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>