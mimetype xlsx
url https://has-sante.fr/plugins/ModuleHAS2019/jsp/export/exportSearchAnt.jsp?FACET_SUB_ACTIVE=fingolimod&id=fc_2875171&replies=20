--- v0 (2025-11-03)
+++ v1 (2025-11-04)
@@ -1,273 +1,1175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="208" uniqueCount="110">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Sclérose en plaque de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant atteint du sclérose en plaque. Il a été élaboré par le centre de référence des maladies inflammatoires rares du cerveau et de la moelle - Membre de la Filière de Santé Maladies Rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>10/04/2019 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656983/fr/sclerose-en-plaque-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2656983</t>
+  </si>
+  <si>
+    <t>ALD n° 25 - Sclérose en plaques</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>02/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2016 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460315/fr/ald-n-25-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>c_460315</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Médicaments utilisés dans les formes très actives de sclérose en plaques récurrente</t>
+  </si>
+  <si>
+    <t>Quatre immunosuppresseurs peuvent être utilisés en France dans la sclérose en plaques récurrente (SEP-R) très active associée ou non à une progression du handicap : le natalizumab (TYSABRI), le fingolimod (GILENYA), l’ocrelizumab (OCREVUS) et la mitoxantrone (ELSEP – NOVANTRONE et génériques). Ces spécialités font toutes l’objet d’un plan de gestion des risques.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2019 12:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067012/fr/medicaments-utilises-dans-les-formes-tres-actives-de-sclerose-en-plaques-recurrente</t>
+  </si>
+  <si>
+    <t>p_3067012</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 5 mai 2021</t>
+  </si>
+  <si>
+    <t>30/04/2021 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263613/fr/commission-de-la-transparence-reunion-a-distance-du-5-mai-2021</t>
+  </si>
+  <si>
+    <t>p_3263613</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 mai 2019</t>
+  </si>
+  <si>
+    <t>06/08/2019 18:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966999/fr/commission-de-la-transparence-reunion-du-15-mai-2019</t>
+  </si>
+  <si>
+    <t>c_2966999</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 février 2019</t>
+  </si>
+  <si>
+    <t>29/01/2019 14:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901217/fr/commission-de-la-transparence-reunion-du-6-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2901217</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2018</t>
+  </si>
+  <si>
+    <t>26/09/2018 10:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872541/fr/commission-de-la-transparence-reunion-du-5-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2872541</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 septembre 2018</t>
+  </si>
+  <si>
+    <t>12/09/2018 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869617/fr/commission-de-la-transparence-reunion-du-19-septembre-2018</t>
+  </si>
+  <si>
+    <t>c_2869617</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 mai 2018</t>
+  </si>
+  <si>
+    <t>09/05/2018 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849071/fr/commission-de-la-transparence-reunion-du-16-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2849071</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 mai 2016</t>
+  </si>
+  <si>
+    <t>20/05/2016 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632843/fr/commission-de-la-transparence-reunion-du-25-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2632843</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 avril 2014</t>
+  </si>
+  <si>
+    <t>06/06/2014 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1745322/fr/ceesp-reunion-du-15-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1745322</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 avril 2014</t>
+  </si>
+  <si>
+    <t>18/04/2014 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1736917/fr/commission-de-la-transparence-reunion-du-23-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1736917</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 mars 2014</t>
+  </si>
+  <si>
+    <t>14/03/2014 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728868/fr/commission-de-la-transparence-reunion-du-19-mars-2014</t>
+  </si>
+  <si>
+    <t>c_1728868</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juillet 2011</t>
+  </si>
+  <si>
+    <t>06/07/2011 12:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069129/fr/commission-de-la-transparence-reunion-du-6-juillet-2011</t>
+  </si>
+  <si>
+    <t>c_1069129</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2018.0166/DC/SEESP du 3 octobre 2018 du collège de la Haute Autorité de santé relative à l’absence d’évaluation médico-économique du produit Gilenya (fingolimod)</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute Autorité de santé, en sa séance du 3 octobre 2018 a constaté à l’absence d’évaluation médico-économique du produit Gilenya (fingolimod) engagé dans des baisses de prix prévues conventionnellement. En conséquence, ce produit ne fera pas l'objet d'une évaluation médico-économique par la commission évaluation économique et de santé publique.</t>
+  </si>
+  <si>
+    <t>03/10/2018 15:36:00</t>
+  </si>
+  <si>
+    <t>19/11/2018 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884152/fr/decision-n2018-0166/dc/seesp-du-3-octobre-2018-du-college-de-la-haute-autorite-de-sante-relative-a-l-absence-d-evaluation-medico-economique-du-produit-gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>c_2884152</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0044/AC/SEM du 11 juin 2014 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale des spécialités TECFIDERA (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Pour les indications de l’autorisation de mise sur le marché de la spécialité TECFIDERA (diméthyl fumarate) non couvertes par les ATU nominatives octroyées, la HAS a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces indications et leurs alternatives sont détaillées en annexe du présent avis. Le présent avis annule l’avis n° 2014.0008/AC/SEM du 5 mars 2014.</t>
+  </si>
+  <si>
+    <t>11/06/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>23/06/2014 16:29:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749066/fr/avis-n-2014-0044/ac/sem-du-11-juin-2014-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-des-specialites-tecfidera-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_1749066</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>GILENYA (fingolimod)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982821/en/gilenya-fingolimod</t>
+    <t>12/06/2025 11:43:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982821/fr/gilenya-fingolimod</t>
   </si>
   <si>
     <t>pprd_2982821</t>
   </si>
   <si>
     <t>fingolimod</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1084362/en/gilenya</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3608843/en/gilenya-fingolimod-multiple-sclerosis</t>
+    <t>https://www.has-sante.fr/jcms/c_1084362/fr/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639636/fr/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755878/fr/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877323/fr/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913088/fr/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266944/fr/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608843/fr/gilenya-fingolimod-sclerose-en-plaques</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Q2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H2" t="s">
+        <v>38</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>39</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>42</v>
+      </c>
+      <c r="H3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H4" t="s">
+        <v>47</v>
+      </c>
+      <c r="I4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I5" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6" t="s">
+        <v>55</v>
+      </c>
+      <c r="I6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>57</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>58</v>
+      </c>
+      <c r="H7" t="s">
+        <v>59</v>
+      </c>
+      <c r="I7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>62</v>
+      </c>
+      <c r="H8" t="s">
+        <v>63</v>
+      </c>
+      <c r="I8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>34</v>
+      </c>
+      <c r="B9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>65</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>66</v>
+      </c>
+      <c r="H9" t="s">
+        <v>67</v>
+      </c>
+      <c r="I9" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>69</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>70</v>
+      </c>
+      <c r="H10" t="s">
+        <v>71</v>
+      </c>
+      <c r="I10" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>34</v>
+      </c>
+      <c r="B11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>73</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>74</v>
+      </c>
+      <c r="H11" t="s">
+        <v>75</v>
+      </c>
+      <c r="I11" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>34</v>
+      </c>
+      <c r="B12" t="s">
+        <v>76</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>77</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>78</v>
+      </c>
+      <c r="H12" t="s">
+        <v>79</v>
+      </c>
+      <c r="I12" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>80</v>
+      </c>
+      <c r="B2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D2" t="s">
+        <v>83</v>
+      </c>
+      <c r="E2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>85</v>
+      </c>
+      <c r="H2" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B3" t="s">
+        <v>87</v>
+      </c>
+      <c r="C3" t="s">
+        <v>88</v>
+      </c>
+      <c r="D3" t="s">
+        <v>89</v>
+      </c>
+      <c r="E3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>91</v>
+      </c>
+      <c r="H3" t="s">
+        <v>92</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Q2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>93</v>
+      </c>
+      <c r="J1" t="s">
+        <v>94</v>
+      </c>
+      <c r="K1" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>98</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>99</v>
+      </c>
+      <c r="H2" t="s">
+        <v>100</v>
+      </c>
+      <c r="I2" t="s">
+        <v>101</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>102</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>103</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>104</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>105</v>
       </c>
       <c r="N2" t="s">
-        <v>22</v>
+        <v>106</v>
       </c>
       <c r="O2" t="s">
-        <v>23</v>
+        <v>107</v>
       </c>
       <c r="P2" t="s">
-        <v>24</v>
+        <v>108</v>
       </c>
       <c r="Q2" t="s">
-        <v>25</v>
+        <v>109</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>