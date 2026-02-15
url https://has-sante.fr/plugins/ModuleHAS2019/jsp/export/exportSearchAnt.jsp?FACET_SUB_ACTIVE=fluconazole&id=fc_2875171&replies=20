--- v0 (2025-11-03)
+++ v1 (2026-02-15)
@@ -1,676 +1,214 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="319" uniqueCount="183">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>13/02/2015 12:19:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...131 lines deleted...]
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>26/06/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des candidoses invasives</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2746956/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-candidoses-invasives</t>
+    <t>Update of laboratory medicine procedures related to the diagnosis of invasive candidiasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the assessment request made by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) for review of procedures listed in the Nomenclature of Procedures in Laboratory Medicine (NABM), this work focused on assessing the proposed changes to the wording for laboratory diagnosis of candidiasis. This request concerns only screening for anti-Candida serum antibodies and soluble antigens, and does not deal with mycological identification procedures</t>
+  </si>
+  <si>
+    <t>10/04/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746956/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-invasive-candidiasis-inahta-brief</t>
   </si>
   <si>
     <t>c_2746956</t>
-  </si>
-[...256 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2774129/fr/triflucan-fluconazole</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -684,1102 +222,121 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...1057 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>