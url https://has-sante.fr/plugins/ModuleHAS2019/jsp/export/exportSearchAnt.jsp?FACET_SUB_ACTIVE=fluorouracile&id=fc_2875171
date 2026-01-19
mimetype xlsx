--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -1,239 +1,395 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="93">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Nature of the product or service</t>
-[...17 lines deleted...]
-    <t>01/06/2011 13:09:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>SIR-Spheres  - 21 décembre 2010 (2952) avis</t>
+  </si>
+  <si>
+    <t>Microsphères d’Yttrium-90 Nouveau dispositif Avis favorable dans le traitement des métastases hépatiques non résécables du cancer colorectal en chappement thérapeutique, pour la prise en charge temporaire dans le cadre d’une étude</t>
+  </si>
+  <si>
+    <t>21/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2011 13:09:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1011043/en/sir-spheres-21-december-2010-2952-opinion</t>
+    <t>https://www.has-sante.fr/jcms/c_1011043/fr/sir-spheres-21-decembre-2010-2952-avis</t>
   </si>
   <si>
     <t>c_1011043</t>
   </si>
   <si>
-    <t>SIRTEX Medical Products Pty Ltd (Australia)</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2891090/en/screening-for-dihydropyrimidine-dehydrogenase-deficiency-to-decrease-the-risk-of-severe-toxicities-related-to-fluoropyrimidines-5-fluorouracil-or-capecitabine-inahta-brief</t>
+    <t>SIRTEX Medical Europe GmbH (Allemagne)</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes en pharmacogénétique des traitements d’oncologie et des soins de support des leucémies aiguës – Recherche des variants génétiques constitutionnels</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer l’intérêt médical du séquençage haut débit ciblé (SHD) des panels de gènes afin d’identifier les variants génétiques impliqués dans la pharmacogénétique des traitements des leucémies aiguës et des soins de support. Il s'agissait de définir : la composition des panels de gènes d’intérêt à séquencer et à analyser par SHD (à partir d’un prélèvement sanguin) ; la pertinence du recours aux analyses de panels de gènes par SHD au regard d‘autres techniques utilisées ; la place des analyses de panels de gènes dans la stratégie de prise en charge thérapeutique des leucémies aiguës.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637474/fr/sequencage-haut-debit-cible-des-panels-de-genes-en-pharmacogenetique-des-traitements-d-oncologie-et-des-soins-de-support-des-leucemies-aigues-recherche-des-variants-genetiques-constitutionnels</t>
+  </si>
+  <si>
+    <t>p_3637474</t>
+  </si>
+  <si>
+    <t>Méthodes de recherche d’un déficit en dihydropyrimidine deshydrogénase visant à prévenir certaines toxicités sévères associées aux traitements incluant une fluoropyrimidine (5-fluorouracile ou capécitabine)</t>
+  </si>
+  <si>
+    <t>L’objectif était de déterminer le ou les examens à réaliser en pratique et à large échelle pour identifier parmi les environ 80.000 patients/an traités par une chimiothérapie intégrant une fluoropyrimidine, dans le cadre de différents cancers (principalement cancers digestifs, du sein et ORL), ceux présentant un déficit d’activité de la dihydropyrimidine déshydrogénase (DPD), principale enzyme permettant l’élimination de ces médicaments.</t>
+  </si>
+  <si>
+    <t>21/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2023 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891090/fr/methodes-de-recherche-d-un-deficit-en-dihydropyrimidine-deshydrogenase-visant-a-prevenir-certaines-toxicites-severes-associees-aux-traitements-incluant-une-fluoropyrimidine-5-fluorouracile-ou-capecitabine</t>
   </si>
   <si>
     <t>c_2891090</t>
   </si>
   <si>
-    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) associated or not with prior cytoreductive surgery - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3168690/en/hyperthermic-intraperitoneal-chemotherapy-hipec-associated-or-not-with-prior-cytoreductive-surgery-inahta-brief</t>
+    <t>Chimiohyperthermie intrapéritonéale (CHIP) associée ou non à une chirurgie de cytoréduction préalable</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de l’acte de chimiohyperthermie intrapéritonéale associée ou non à une cytoréduction préalable. L'objectif est de définir les indications, les conditions de réalisation de l’acte associée ou non à une cytoréduction préalable, de l’hospitalisation et, enfin du suivi post-hospitalisation.</t>
+  </si>
+  <si>
+    <t>17/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>21/06/2021 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168690/fr/chimiohyperthermie-intraperitoneale-chip-associee-ou-non-a-une-chirurgie-de-cytoreduction-prealable</t>
   </si>
   <si>
     <t>p_3168690</t>
   </si>
   <si>
-    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+    <t>Utilité clinique du dosage de la vitamine B1</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’utilité clinique du dosage de la vitamine B1 dans la stratégie diagnostique et thérapeutique de supplémentation vitaminique visant à prévenir cinq tableaux cliniques carentiels majeurs : l’encéphalopathie de Gayet-Wernicke, le syndrome de Korsakoff, la(es) neuropathie(s) périphérique(s), l’insuffisance cardiaque, ou plus généralement le béribéri</t>
+  </si>
+  <si>
+    <t>18/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
   <si>
-    <t>Conformational intensity-modulated radiation therapy in anal canal cancer</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1364144/en/conformational-intensity-modulated-radiation-therapy-in-anal-canal-cancer</t>
+    <t>Examens biologiques de recherche du virus d’Epstein Barr (EBV) dans la prise en charge du carcinome du rhinopharynx</t>
+  </si>
+  <si>
+    <t>Evaluation de la mesure de la charge virale du virus d’Epstein-Barr (EBV) par amplification génique (PCR) et de la recherche des anticorps sériques anti-EBV dans le cadre du carcinome indifférencié du rhinopharynx (cancer du cavum)</t>
+  </si>
+  <si>
+    <t>13/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2016 09:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615170/fr/examens-biologiques-de-recherche-du-virus-d-epstein-barr-ebv-dans-la-prise-en-charge-du-carcinome-du-rhinopharynx</t>
+  </si>
+  <si>
+    <t>c_2615170</t>
+  </si>
+  <si>
+    <t>Radiothérapie conformationnelle avec modulation d’intensité dans le cancer du canal anal</t>
+  </si>
+  <si>
+    <t>Ce rapport présente l'évaluation de la HAS concernant l'utilisation de la radiothérapie conformationnelle avec modulation d’intensité dans le traitement du cancer du canal anal.</t>
+  </si>
+  <si>
+    <t>22/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2015 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364144/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-canal-anal</t>
   </si>
   <si>
     <t>c_1364144</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 9 septembre 2020</t>
+  </si>
+  <si>
+    <t>02/09/2020 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199995/fr/commission-de-la-transparence-reunion-a-distance-du-9-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3199995</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>FLUOROURACILE PFIZER (fluorouracile)</t>
+  </si>
+  <si>
+    <t>10/10/2022 08:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375859/fr/fluorouracile-pfizer-fluorouracile</t>
+  </si>
+  <si>
+    <t>p_3375859</t>
+  </si>
+  <si>
+    <t>fluorouracile</t>
+  </si>
+  <si>
+    <t>PFIZER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372529/fr/fluorouracile-pfizer-fluorouracile</t>
+  </si>
+  <si>
+    <t>EFUDIX (fluorouracile)</t>
+  </si>
+  <si>
+    <t>23/10/2015 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984353/fr/efudix-fluorouracile</t>
+  </si>
+  <si>
+    <t>pprd_2984353</t>
+  </si>
+  <si>
+    <t>MEDA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400913/fr/efudix-5-pour-cent-creme-tube-de-20-g-code-cip-321-843-2-fluorouracile</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990891/fr/efudix-fluorouracile</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2565124/fr/efudix-fluorouracile</t>
+  </si>
+  <si>
+    <t>FLUOROURACILE ARROW (fluorouracile)</t>
+  </si>
+  <si>
+    <t>19/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985957/fr/fluorouracile-arrow-fluorouracile</t>
+  </si>
+  <si>
+    <t>pprd_2985957</t>
+  </si>
+  <si>
+    <t>Laboratoire ARROW GENERIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399791/fr/fluorouracile-arrow-50-mg/ml-fluorouracile</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -272,179 +428,529 @@
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
         <v>16</v>
       </c>
       <c r="H2" t="s">
         <v>17</v>
       </c>
       <c r="I2" t="s">
         <v>15</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
         <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>21</v>
       </c>
       <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
         <v>22</v>
       </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D2" t="s">
+        <v>28</v>
+      </c>
       <c r="E2" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="H2" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="B3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="C3" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="D3" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="E3" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="H3" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="C4" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D4" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E4" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="H4" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="C5" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="E5" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="H5" t="s">
-        <v>43</v>
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>60</v>
+      </c>
+      <c r="H7" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>66</v>
+      </c>
+      <c r="H2" t="s">
+        <v>67</v>
+      </c>
+      <c r="I2" t="s">
+        <v>68</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>69</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>71</v>
+      </c>
+      <c r="B2" t="s">
+        <v>72</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>73</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>74</v>
+      </c>
+      <c r="H2" t="s">
+        <v>75</v>
+      </c>
+      <c r="I2" t="s">
+        <v>76</v>
+      </c>
+      <c r="J2" t="s">
+        <v>77</v>
+      </c>
+      <c r="K2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B3" t="s">
+        <v>79</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>81</v>
+      </c>
+      <c r="H3" t="s">
+        <v>82</v>
+      </c>
+      <c r="I3" t="s">
+        <v>76</v>
+      </c>
+      <c r="J3" t="s">
+        <v>83</v>
+      </c>
+      <c r="K3" t="s">
+        <v>84</v>
+      </c>
+      <c r="L3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>71</v>
+      </c>
+      <c r="B4" t="s">
+        <v>87</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>88</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>89</v>
+      </c>
+      <c r="H4" t="s">
+        <v>90</v>
+      </c>
+      <c r="I4" t="s">
+        <v>76</v>
+      </c>
+      <c r="J4" t="s">
+        <v>91</v>
+      </c>
+      <c r="K4" t="s">
+        <v>92</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>