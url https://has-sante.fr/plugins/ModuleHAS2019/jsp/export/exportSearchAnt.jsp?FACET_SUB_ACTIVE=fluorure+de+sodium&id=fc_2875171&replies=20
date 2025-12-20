--- v0 (2025-10-06)
+++ v1 (2025-12-20)
@@ -1,207 +1,1351 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="142">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>07/01/2005 17:52:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>eFLOW RAPID, système de nébulisation</t>
+  </si>
+  <si>
+    <t>Système de nébulisation à tamis vibrant</t>
+  </si>
+  <si>
+    <t>04/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2013 17:47:01</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272475/en/screening-and-diagnosis-of-gestational-diabetes-mellitus</t>
+    <t>https://www.has-sante.fr/jcms/c_1349469/fr/eflow-rapid-systeme-de-nebulisation</t>
+  </si>
+  <si>
+    <t>c_1349469</t>
+  </si>
+  <si>
+    <t>PARI PHARMA GmbH</t>
+  </si>
+  <si>
+    <t>CAPHOSOL - CNEDiMTS du 06 avril 2010 (2378)</t>
+  </si>
+  <si>
+    <t>Solution électrolytique pour bain de bouche Oncologie – Nouveau dispositif Avis défavorable au remboursement dans la prévention et le traitement de la mucite secondaire à une radiothérapie ou à une chimiothérapie à haute dose</t>
+  </si>
+  <si>
+    <t>06/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>09/04/2010 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_939357/fr/caphosol-cnedimts-du-06-avril-2010-2378</t>
+  </si>
+  <si>
+    <t>c_939357</t>
+  </si>
+  <si>
+    <t>EUSA PHARMA SAS</t>
+  </si>
+  <si>
+    <t>Compresseur PARI BOY MOBILE S / nébuliseur LC SPRINT</t>
+  </si>
+  <si>
+    <t>21/02/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/02/2007 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_497063/fr/compresseur-pari-boy-mobile-s-/-nebuliseur-lc-sprint</t>
+  </si>
+  <si>
+    <t>c_497063</t>
+  </si>
+  <si>
+    <t>PARI GmbH (Allemagne)</t>
+  </si>
+  <si>
+    <t>Systèmes de nébulisation pour aérosolthérapie</t>
+  </si>
+  <si>
+    <t>10/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>10/01/2007 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483505/fr/systemes-de-nebulisation-pour-aerosoltherapie</t>
+  </si>
+  <si>
+    <t>c_483505</t>
+  </si>
+  <si>
+    <t>Direction Générale de la Santé / Direction de la Sécurité Sociale</t>
+  </si>
+  <si>
+    <t>PORTA-NEBLITE</t>
+  </si>
+  <si>
+    <t>27/09/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2006 19:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451429/fr/porta-neblite</t>
+  </si>
+  <si>
+    <t>c_451429</t>
+  </si>
+  <si>
+    <t>TELEFLEX MEDICAL (France)</t>
+  </si>
+  <si>
+    <t>Compresseur 85G00/nébuliseurs LC SPRINT et LC SPRINT JUNIOR / Compresseur 53G00/nébuliseurs LC SPRINT et LC SPRINT JUNIOR</t>
+  </si>
+  <si>
+    <t>31/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2006 10:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451166/fr/compresseur-85g00/nebuliseurs-lc-sprint-et-lc-sprint-junior-/-compresseur-53g00/nebuliseurs-lc-sprint-et-lc-sprint-junior</t>
+  </si>
+  <si>
+    <t>c_451166</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Stratégies de prévention de la carie dentaire</t>
+  </si>
+  <si>
+    <t>La carie dentaire et ses complications médicales restent très fréquentes, malgré la nette amélioration des dernières décennies dans l’ensemble des pays industrialisés. Bien que le processus carieux concerne tous les individus avec des dents, la fréquence de la carie varie entre populations, entre individus et chez un même individu au cours du temps. Ses déterminants (notamment comportementaux : brossage des dents, utilisation du fluor, habitudes alimentaires, etc.) et les conditions d’accès, mais aussi de recours aux soins posent de façon évidente des questions d’égalité, notamment sociale, face à la santé. Les soins conservateurs et prothétiques nécessaires au traitement de la carie sont à l’origine de coûts importants pour les usagers et pour l’Assurance maladie.</t>
+  </si>
+  <si>
+    <t>31/03/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2010 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991247/fr/strategies-de-prevention-de-la-carie-dentaire</t>
+  </si>
+  <si>
+    <t>c_991247</t>
+  </si>
+  <si>
+    <t>Principes de dépistage du diabète de type 2</t>
+  </si>
+  <si>
+    <t>Cette étude évalue l'intérêt du dépistage du diabète de type 2 au regard des critères prévus par l'OMS (données épidémiologiques, histoire de la maladie, performance des tests, efficacité et efficience), analyse les recommandations existantes et propose de nouvelles modalités de dépistage pour la France métropolitaine : un dépistage opportuniste ciblé pour les sujets de plus de 45 ans et avec certains facteurs de risque cardiovasculaire associés etun dépistage communautaire chez le sujet de plus de 45 ans en situation de précarité.</t>
+  </si>
+  <si>
+    <t>01/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464100/fr/principes-de-depistage-du-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>c_464100</t>
+  </si>
+  <si>
+    <t>Rapport de synthèse sur le dépistage et le diagnostic du diabète gestationnel</t>
+  </si>
+  <si>
+    <t>Le diabète gestationnel est un trouble de la tolérance glucidique conduisant à une hyperglycémie de sévérité variable pendant la grossesse.</t>
+  </si>
+  <si>
+    <t>01/07/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272475/fr/rapport-de-synthese-sur-le-depistage-et-le-diagnostic-du-diabete-gestationnel</t>
   </si>
   <si>
     <t>c_272475</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Dysplasie et syndrome de McCune-Albright</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dysplasie fibreuse (DF), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de référence Dysplasie fibreuse et syndrome de McCune-Albright à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351116/fr/dysplasie-et-syndrome-de-mccune-albright</t>
+  </si>
+  <si>
+    <t>p_3351116</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juillet 2010</t>
+  </si>
+  <si>
+    <t>21/07/2010 10:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969005/fr/commission-de-la-transparence-reunion-du-21-juillet-2010</t>
+  </si>
+  <si>
+    <t>c_969005</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ZYMAFLUOR (fluorure de sodium)</t>
+  </si>
+  <si>
+    <t>20/07/2016 19:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984058/fr/zymafluor-fluorure-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2984058</t>
+  </si>
+  <si>
+    <t>fluorure de sodium</t>
+  </si>
+  <si>
+    <t>MEDA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468576/fr/zymafluor-fluorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1065571/fr/zymafluor-fluorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655968/fr/zymafluor-fluorure-de-sodium</t>
+  </si>
+  <si>
+    <t>NUTRYELT (molybdate de sodium/ gluconate de manganèse/ fluorure de sodium/ iodur...)</t>
+  </si>
+  <si>
+    <t>21/10/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984360/fr/nutryelt-molybdate-de-sodium/-gluconate-de-manganese/-fluorure-de-sodium/-iodur</t>
+  </si>
+  <si>
+    <t>pprd_2984360</t>
+  </si>
+  <si>
+    <t>molybdate de sodium,gluconate de manganèse,fluorure de sodium,iodure de potassium,gluconate de cuivre,chlorure chromique,gluconate ferreux,gluconate de zinc,sélénite de sodium</t>
+  </si>
+  <si>
+    <t>AGUETTANT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028095/fr/nutryelt-molybdate-de-sodium/-gluconate-de-manganese/-fluorure-de-sodium/-iodur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564426/fr/nutryelt-molybdate-de-sodium/-gluconate-de-manganese/-fluorure-de-sodium/-iodur</t>
+  </si>
+  <si>
+    <t>ZYMADUO (cholécalciférol/ fluorure de sodium)</t>
+  </si>
+  <si>
+    <t>05/01/2015 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984630/fr/zymaduo-cholecalciferol/-fluorure-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2984630</t>
+  </si>
+  <si>
+    <t>cholécalciférol,fluorure de sodium</t>
+  </si>
+  <si>
+    <t>ROTTAPHARM SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400888/fr/zymaduo-cholecalciferol/-fluorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_971038/fr/zymaduo-cholecalciferol/-fluorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2003869/fr/zymaduo-cholecalciferol/-fluorure-de-sodium</t>
+  </si>
+  <si>
+    <t>TRACITRANS (chlorure de chrome hexahydraté/ chlorure de cuivre dihydraté/ chlorure...)</t>
+  </si>
+  <si>
+    <t>11/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985173/fr/tracitrans-chlorure-de-chrome-hexahydrate/-chlorure-de-cuivre-dihydrate/-chlorure</t>
+  </si>
+  <si>
+    <t>pprd_2985173</t>
+  </si>
+  <si>
+    <t>chlorure de chrome hexahydraté,chlorure de cuivre dihydraté,chlorure de manganèse tétrahydraté,chlorure de zinc,chlorure ferrique hexahydraté,,fluorure de sodium,Iodure de potassium,molybdate de sodium dihydraté,sélénite de sodium pentahydraté</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057899/fr/tracitrans-chlorure-de-chrome-hexahydrate/-chlorure-de-cuivre-dihydrate/-chlorure</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400993/fr/tracitrans-solution-a-diluer-pour-perfusion-10-ampoules-en-verre-de-10-ml-cip-354-016-8</t>
+  </si>
+  <si>
+    <t>AMERSCAN (fluorure stanneux 0,125 mg/ fluorure de sodium 1,0 mg/ poloxamer 188 0,5 mg/ azote q.s. pour un flacon/ succimer : acide dimercaptosuccinique/ diéthylène triamine pentaacétate de calcium trisodique : 20,6 mg)</t>
+  </si>
+  <si>
+    <t>29/09/2004 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985885/fr/amerscan-fluorure-stanneux-0-125-mg/-fluorure-de-sodium-1-0-mg/-poloxamer-188-0-5-mg/-azote-q-s-pour-un-flacon/-succimer-acide-dimercaptosuccinique/-diethylene-triamine-pentaacetate-de-calcium-trisodique-20-6-mg</t>
+  </si>
+  <si>
+    <t>pprd_2985885</t>
+  </si>
+  <si>
+    <t>fluorure stanneux 0,125 mg,fluorure de sodium 1,0 mg,poloxamer 188 0,5 mg,azote q.s. pour un flacon,succimer : acide dimercaptosuccinique,diéthylène triamine pentaacétate de calcium trisodique : 20,6 mg</t>
+  </si>
+  <si>
+    <t>Laboratoires AMERSHAM HEALTH S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400068/fr/amerscan-dmsa-succimer-acide-dimercaptosuccinique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400081/fr/amerscan-pentetate-ii-diethylene-triamine-pentaacetate-de-calcium-trisodique-20-6-mg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400069/fr/amerscan-hepatate-ii-fluorure-stanneux-0-125-mg/-fluorure-de-sodium-1-0-mg/-poloxamer-188-0-5-mg/-azote-q-s-pour-un-flacon</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>10</v>
       </c>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>23</v>
+      </c>
+      <c r="H3" t="s">
+        <v>24</v>
+      </c>
+      <c r="I3" t="s">
+        <v>15</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>15</v>
+      </c>
+      <c r="J4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I5" t="s">
+        <v>15</v>
+      </c>
+      <c r="J5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
+        <v>42</v>
+      </c>
+      <c r="I6" t="s">
+        <v>15</v>
+      </c>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7" t="s">
+        <v>48</v>
+      </c>
+      <c r="I7" t="s">
+        <v>15</v>
+      </c>
+      <c r="J7" t="s">
+        <v>31</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C2" t="s">
+        <v>51</v>
+      </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>55</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C3" t="s">
+        <v>57</v>
+      </c>
+      <c r="D3" t="s">
+        <v>58</v>
+      </c>
+      <c r="E3" t="s">
+        <v>59</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>60</v>
+      </c>
+      <c r="H3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>49</v>
+      </c>
+      <c r="B4" t="s">
+        <v>62</v>
+      </c>
+      <c r="C4" t="s">
+        <v>63</v>
+      </c>
+      <c r="D4" t="s">
+        <v>64</v>
+      </c>
+      <c r="E4" t="s">
+        <v>65</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>66</v>
+      </c>
+      <c r="H4" t="s">
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>68</v>
+      </c>
+      <c r="B2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>72</v>
+      </c>
+      <c r="H2" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B3" t="s">
+        <v>74</v>
+      </c>
+      <c r="C3" t="s">
+        <v>75</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>76</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>77</v>
+      </c>
+      <c r="H3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>68</v>
+      </c>
+      <c r="B4" t="s">
+        <v>79</v>
+      </c>
+      <c r="C4" t="s">
+        <v>80</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>81</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>82</v>
+      </c>
+      <c r="H4" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>68</v>
+      </c>
+      <c r="B5" t="s">
+        <v>84</v>
+      </c>
+      <c r="C5" t="s">
+        <v>85</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>86</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>87</v>
+      </c>
+      <c r="H5" t="s">
+        <v>88</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>92</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>93</v>
+      </c>
+      <c r="H2" t="s">
+        <v>94</v>
+      </c>
+      <c r="I2" t="s">
+        <v>95</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>96</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>98</v>
+      </c>
+      <c r="B2" t="s">
+        <v>99</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>100</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>101</v>
+      </c>
+      <c r="H2" t="s">
+        <v>102</v>
+      </c>
+      <c r="I2" t="s">
+        <v>103</v>
+      </c>
+      <c r="J2" t="s">
+        <v>104</v>
+      </c>
+      <c r="K2" t="s">
+        <v>105</v>
+      </c>
+      <c r="L2" t="s">
+        <v>106</v>
+      </c>
+      <c r="M2" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B3" t="s">
+        <v>108</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>109</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>110</v>
+      </c>
+      <c r="H3" t="s">
+        <v>111</v>
+      </c>
+      <c r="I3" t="s">
+        <v>112</v>
+      </c>
+      <c r="J3" t="s">
+        <v>113</v>
+      </c>
+      <c r="K3" t="s">
+        <v>114</v>
+      </c>
+      <c r="L3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>98</v>
+      </c>
+      <c r="B4" t="s">
+        <v>116</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>117</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>118</v>
+      </c>
+      <c r="H4" t="s">
+        <v>119</v>
+      </c>
+      <c r="I4" t="s">
+        <v>120</v>
+      </c>
+      <c r="J4" t="s">
+        <v>121</v>
+      </c>
+      <c r="K4" t="s">
+        <v>122</v>
+      </c>
+      <c r="L4" t="s">
+        <v>123</v>
+      </c>
+      <c r="M4" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>98</v>
+      </c>
+      <c r="B5" t="s">
+        <v>125</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>126</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>127</v>
+      </c>
+      <c r="H5" t="s">
+        <v>128</v>
+      </c>
+      <c r="I5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J5" t="s">
+        <v>130</v>
+      </c>
+      <c r="K5" t="s">
+        <v>131</v>
+      </c>
+      <c r="L5" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>98</v>
+      </c>
+      <c r="B6" t="s">
+        <v>133</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>134</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>135</v>
+      </c>
+      <c r="H6" t="s">
+        <v>136</v>
+      </c>
+      <c r="I6" t="s">
+        <v>137</v>
+      </c>
+      <c r="J6" t="s">
+        <v>138</v>
+      </c>
+      <c r="K6" t="s">
+        <v>139</v>
+      </c>
+      <c r="L6" t="s">
+        <v>140</v>
+      </c>
+      <c r="M6" t="s">
+        <v>141</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>