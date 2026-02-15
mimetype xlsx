--- v0 (2025-10-05)
+++ v1 (2026-02-15)
@@ -1,319 +1,157 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>18/07/2025 10:28:47</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
   </si>
   <si>
     <t>p_3636735</t>
-  </si>
-[...148 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400737/fr/eulexine-flutamide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -327,409 +165,43 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...50 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...312 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>