--- v1 (2026-02-15)
+++ v2 (2026-02-15)
@@ -1,157 +1,319 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="66">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/18/2025 10:28:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Transidentité : prise en charge de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
+    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
+  </si>
+  <si>
+    <t>c_2800207</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Hyperplasie congénitale des surrénales</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé susceptibles de les prendre en charge la prise en charge optimale et le parcours de soins des patients atteints d'hyperplasie congénitale des surrénales par déficit en 21-hydroxylase.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2011 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058546/fr/ald-hors-liste-hyperplasie-congenitale-des-surrenales</t>
+  </si>
+  <si>
+    <t>c_1058546</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Situation actuelle et perspectives d’évolution de la prise en charge médicale du  transsexualisme en France</t>
+  </si>
+  <si>
+    <t>Le Ministère de la santé, représenté par la Direction générale de la santé, des associations de transsexuels et les caisses d’Assurance maladie ont demandé à la HAS de préciser les étapes et les modalités du parcours de soin des transsexuels. Ce rapport traite des principales étapes de la prise en charge du transsexualisme de l’adulte par le système de santé. Du point de vue médical, trois points seront particulièrement étudiés : le diagnostic, l’hormonosubstitution et la chirurgie de réassignation. Le sujet du transsexualisme débordant le seul cadre médical, seront aussi soulevées les questions socioculturelles et les questions juridiques. Le rapport propose également l’organisation d’une structure d’offre de soins. L’ensemble de ces propositions sont faites pour éclairer les décideurs et les professionnels de santé en vue d’améliorer de la prise en charge des transsexuels</t>
+  </si>
+  <si>
+    <t>25/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2010 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_894315/fr/situation-actuelle-et-perspectives-d-evolution-de-la-prise-en-charge-medicale-du-transsexualisme-en-france</t>
+  </si>
+  <si>
+    <t>c_894315</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 novembre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité PLENAXIS par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>16/11/2011 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1120092/fr/commission-de-la-transparence-reunion-du-16-novembre-2011</t>
+  </si>
+  <si>
+    <t>c_1120092</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>EULEXINE (flutamide)</t>
+  </si>
+  <si>
+    <t>16/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985646/fr/eulexine-flutamide</t>
+  </si>
+  <si>
+    <t>pprd_2985646</t>
+  </si>
+  <si>
+    <t>flutamide</t>
+  </si>
+  <si>
+    <t>SCHERING-PLOUGH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400737/fr/eulexine-flutamide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +327,409 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C3" t="s">
+        <v>35</v>
+      </c>
+      <c r="D3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H2" t="s">
+        <v>53</v>
+      </c>
+      <c r="I2" t="s">
+        <v>54</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>55</v>
+      </c>
+      <c r="J1" t="s">
+        <v>56</v>
+      </c>
+      <c r="K1" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>60</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>61</v>
+      </c>
+      <c r="H2" t="s">
+        <v>62</v>
+      </c>
+      <c r="I2" t="s">
+        <v>63</v>
+      </c>
+      <c r="J2" t="s">
+        <v>64</v>
+      </c>
+      <c r="K2" t="s">
+        <v>65</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>