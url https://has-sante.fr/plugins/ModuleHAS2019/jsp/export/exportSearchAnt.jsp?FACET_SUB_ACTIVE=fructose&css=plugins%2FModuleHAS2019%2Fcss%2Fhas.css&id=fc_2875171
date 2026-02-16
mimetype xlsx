--- v0 (2026-02-16)
+++ v1 (2026-02-16)
@@ -1,339 +1,2284 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="414" uniqueCount="245">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/03/2020 09:25:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>NEOCATE SYNEO</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
+    <t>20/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2022 14:27:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315315/fr/neocate-syneo</t>
+  </si>
+  <si>
+    <t>p_3315315</t>
+  </si>
+  <si>
+    <t>Denrées Alimentaires Destinées à des Fins  Médicales Spéciales pour nutrition orale</t>
+  </si>
+  <si>
+    <t>NUTRICIA NUTRITION CLINIQUE SAS</t>
+  </si>
+  <si>
+    <t>NEOCATE</t>
+  </si>
+  <si>
+    <t>05/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>25/11/2019 09:59:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118700/fr/neocate</t>
+  </si>
+  <si>
+    <t>p_3118700</t>
+  </si>
+  <si>
+    <t>denrée alimentaire destinée à des fins médicales spéciales</t>
+  </si>
+  <si>
+    <t>MEDIHONEY</t>
+  </si>
+  <si>
+    <t>27/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2015 16:51:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009669/fr/medihoney</t>
+  </si>
+  <si>
+    <t>c_2009669</t>
+  </si>
+  <si>
+    <t>DERMA SCIENCES EUROPE LTD</t>
+  </si>
+  <si>
+    <t>ADDFMS pour nutrition orale</t>
+  </si>
+  <si>
+    <t>02/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2014 15:35:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1794091/fr/neocate</t>
+  </si>
+  <si>
+    <t>c_1794091</t>
+  </si>
+  <si>
+    <t>NUTRICIA NUTRITION CLINIQUE</t>
+  </si>
+  <si>
+    <t>FRESUBIN DB CONTROL - 12 octobre 2010 (3116) avis</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales (ADDFMS) pour nutrition entérale NUTRITION – Nouveau produit Progrès mineur par rapport aux mélanges polymériques standards pour la prise en charge des patients diabétiques de type 2 dénutris ou à risque de dénutrition. Avis défavorable au remboursement dans la prise en charge des patients intolérants au glucose dénutris ou à risque de dénutrition</t>
+  </si>
+  <si>
+    <t>12/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>22/10/2010 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993544/fr/fresubin-db-control-12-octobre-2010-3116-avis</t>
+  </si>
+  <si>
+    <t>c_993544</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI France</t>
+  </si>
+  <si>
+    <t>SONDALIS G - CNEDiMTS du 09 février 2010 (2240)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales (ADDFMS) pour nutrition entérale Nutrition – Modification d’inscription Avis défavorable au remboursement pour l’alimentation entérale des diabétiques dont les besoins ne peuvent être couverts par une alimentation normale</t>
+  </si>
+  <si>
+    <t>09/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2010 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_915265/fr/sondalis-g-cnedimts-du-09-fevrier-2010-2240</t>
+  </si>
+  <si>
+    <t>c_915265</t>
+  </si>
+  <si>
+    <t>NESTLE Clinical Nutrition France SAS</t>
+  </si>
+  <si>
+    <t>CLINUTREN G - CNEDiMTS du 09 février 2010 (2242)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales (ADDFMS) pour nutrition orale Nutrition – Modification d’inscription Avis défavorable au remboursement</t>
+  </si>
+  <si>
+    <t>15/02/2010 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_915273/fr/clinutren-g-cnedimts-du-09-fevrier-2010-2242</t>
+  </si>
+  <si>
+    <t>c_915273</t>
+  </si>
+  <si>
+    <t>DIBEN - CNEDiMTS du 08 décembre 2009 (2235)</t>
+  </si>
+  <si>
+    <t>08/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2010 17:01:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_901519/fr/diben-cnedimts-du-08-decembre-2009-2235</t>
+  </si>
+  <si>
+    <t>c_901519</t>
+  </si>
+  <si>
+    <t>16/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2008 11:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_731480/fr/neocate</t>
+  </si>
+  <si>
+    <t>c_731480</t>
+  </si>
+  <si>
+    <t>SHS International France</t>
+  </si>
+  <si>
+    <t>NEOCATE ADVANCE</t>
+  </si>
+  <si>
+    <t>16/12/2008 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_731492/fr/neocate-advance</t>
+  </si>
+  <si>
+    <t>c_731492</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Prévention et dépistage du diabète de type 2 et des maladies liées au diabète</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2015 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
+  </si>
+  <si>
+    <t>c_2012494</t>
+  </si>
+  <si>
+    <t>Stratégies de prévention de la carie dentaire</t>
+  </si>
+  <si>
+    <t>La carie dentaire et ses complications médicales restent très fréquentes, malgré la nette amélioration des dernières décennies dans l’ensemble des pays industrialisés. Bien que le processus carieux concerne tous les individus avec des dents, la fréquence de la carie varie entre populations, entre individus et chez un même individu au cours du temps. Ses déterminants (notamment comportementaux : brossage des dents, utilisation du fluor, habitudes alimentaires, etc.) et les conditions d’accès, mais aussi de recours aux soins posent de façon évidente des questions d’égalité, notamment sociale, face à la santé. Les soins conservateurs et prothétiques nécessaires au traitement de la carie sont à l’origine de coûts importants pour les usagers et pour l’Assurance maladie.</t>
+  </si>
+  <si>
+    <t>31/03/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2010 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991247/fr/strategies-de-prevention-de-la-carie-dentaire</t>
+  </si>
+  <si>
+    <t>c_991247</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
+  </si>
+  <si>
+    <t>26/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3634754</t>
+  </si>
+  <si>
+    <t>Syndromes de Willebrand acquis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWA (ALD 11 : hémophilie et affectations de l’hémostase graves). Il a été élaboré par le Centre de Référence Maladie de Willebrand à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/05/2025 12:27:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602131/fr/syndromes-de-willebrand-acquis</t>
+  </si>
+  <si>
+    <t>p_3602131</t>
+  </si>
+  <si>
+    <t>Déficit congénital en sucrase-isomaltase (DCSI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de DCSI. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/04/2025 08:53:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601501/fr/deficit-congenital-en-sucrase-isomaltase-dcsi</t>
+  </si>
+  <si>
+    <t>p_3601501</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Déficit en transporteur de glucose GLUT1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/11/2024 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
+  </si>
+  <si>
+    <t>p_3555046</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Lipodystrophies généralisées congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lipodystrophie généralisée congénitale. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391377/fr/lipodystrophies-generalisees-congenitales</t>
+  </si>
+  <si>
+    <t>p_3391377</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>MPI-CDG Défaut de glycosylation des glycoprotéines par déficit en phosphomannose isomérase</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie admise en ALD au titre de l’ALD 17 : le déficit en phosphomannose isomérase (PMI), ou MPI-CDG, lié à des mutations dans le gène MPI. Il a été élaboré par la Filières de Santé Maladies Rares G2M et Filfoie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3362759/fr/mpi-cdg-defaut-de-glycosylation-des-glycoproteines-par-deficit-en-phosphomannose-isomerase</t>
+  </si>
+  <si>
+    <t>p_3362759</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Malformations ano-rectales isolées - Diagnostic et prise en charge de la naissance à l’âge de 6 ans</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Malformations ano-rectales isolées. Il a été élaboré par le Centre de référence des malformations ano-rectales et pelviennes rares MAREP à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301054/fr/malformations-ano-rectales-isolees-diagnostic-et-prise-en-charge-de-la-naissance-a-l-age-de-6-ans</t>
+  </si>
+  <si>
+    <t>p_3301054</t>
+  </si>
+  <si>
+    <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
+  </si>
+  <si>
+    <t>p_3301594</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Syndrome lipodystrophique de Dunnigan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome lipodystrophique de Dunnigan. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236803/fr/syndrome-lipodystrophique-de-dunnigan</t>
+  </si>
+  <si>
+    <t>p_3236803</t>
+  </si>
+  <si>
+    <t>Glycogénose de Type III (GSD III pour Glycogen Storage Disease Type III)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la GSD III. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237036/fr/glycogenose-de-type-iii-gsd-iii-pour-glycogen-storage-disease-type-iii</t>
+  </si>
+  <si>
+    <t>p_3237036</t>
+  </si>
+  <si>
+    <t>Hyperinsulinisme congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Hyperinsulinisme congénital. Il a été élaboré par les Filières de Santé Maladies Rares G2M et Firendo à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/10/2020 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198985/fr/hyperinsulinisme-congenital</t>
+  </si>
+  <si>
+    <t>p_3198985</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Déficits de synthèse des acides biliaires primaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de déficits de synthèse des acides biliaires primaires.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121124/fr/deficits-de-synthese-des-acides-biliaires-primaires</t>
+  </si>
+  <si>
+    <t>p_3121124</t>
+  </si>
+  <si>
+    <t>Hypophosphatémies héréditaires à FGF23 élevé  (dont hypophosphatémies liées à l’x)</t>
+  </si>
+  <si>
+    <t>14/05/2018 11:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849265/fr/hypophosphatemies-hereditaires-a-fgf23-eleve-dont-hypophosphatemies-liees-a-l-x</t>
+  </si>
+  <si>
+    <t>c_2849265</t>
+  </si>
+  <si>
+    <t>ALD n°17 - Mucopolysaccharidose de type I</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 17 : « Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé ». Ce PNDS est limité à la mucopolysaccharidose de type I (MPS I).</t>
+  </si>
+  <si>
+    <t>13/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2007 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_569717/fr/ald-n17-mucopolysaccharidose-de-type-i</t>
+  </si>
+  <si>
+    <t>c_569717</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Prise en charge des consommateurs de cocaïne</t>
+  </si>
+  <si>
+    <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
+  </si>
+  <si>
+    <t>03/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
+  </si>
+  <si>
+    <t>c_951095</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions rectales superficielles à potentiel cancéreux</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’une lésion superficielle du rectum à potentiel cancéreux jugée à faible risque d’envahissement ganglionnaire, en comparaison à la mucosectomie et aux techniques chirurgicales, afin de statuer sur la pertinence de sa prise en charge par la collectivité.</t>
+  </si>
+  <si>
+    <t>22/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
-    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions cancéreuses superficielles coliques</t>
+  </si>
+  <si>
+    <t>Évaluer l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel du côlon jugé à faible risque d’envahissement ganglionnaire</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-cancereuses-superficielles-coliques</t>
   </si>
   <si>
     <t>c_2853392</t>
   </si>
   <si>
-    <t>Assessment of the complications of cryolipolysis  for aesthetic purpose - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2865012/en/assessment-of-the-complications-of-cryolipolysis-for-aesthetic-purpose-inahta-brief</t>
+    <t>Évaluation des complications de la cryolipolyse à visée esthétique - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluer les complications de l’acte de cryolipolyse à visée esthétique, technique externe de lipolyse basée sur le froid, utilisée localement sur des zones de bourrelets de graisse sous-cutanée (abdomen, cuisses, flancs, bras, sous-menton, pectoraux). Cette évaluation est menée afin de répondre à la Direction générale de la santé sur l’éventuelle dangerosité que pourrait présenter cette technique</t>
+  </si>
+  <si>
+    <t>11/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>19/07/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865012/fr/evaluation-des-complications-de-la-cryolipolyse-a-visee-esthetique-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2865012</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d’admission en affections de longue durée (ALD) - Décembre 2007</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a rendu un avis sur la liste et les critères médicaux d’admission en affection de longue durée - ALD. Cet avis avait été annoncé dans la recommandation initiale de mai 2006 qui accompagnait la diffusion des premiers guides et listes. Il porte aujourd’hui sur la vingtaine de maladies pour lesquelles la HAS a depuis publié des guides et des listes d’actes et de prestations. Dans cet avis, la HAS confirme que le système actuel est inadapté. Il s’efforce, en effet, de poursuivre à l’aide d’un même outil deux objectifs distincts : un objectif social (neutraliser l’impact des gros restes à charge) et un objectif médical (assurer un suivi médical de qualité pour les malades chroniques). La HAS note avec attention que le débat sur les ALD est aujourd’hui largement engagé, grâce notamment à la réflexion menée sur un dispositif de type « bouclier sanitaire » pour le volet social. C’est dans l’objectif de prolonger cette réflexion collective que cet avis a été conçu. Aussi les propositions qui visent à éclairer les choix des pouvoirs publics en la matière sont-elles présentées sous forme de trois scénarios.</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>02/01/2008 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810262/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affections-de-longue-duree-ald-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_810262</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:J11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
         <v>18</v>
-      </c>
-[...10 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5" t="s">
+        <v>35</v>
+      </c>
+      <c r="I5" t="s">
         <v>31</v>
       </c>
+      <c r="J5" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
+        <v>42</v>
+      </c>
+      <c r="I6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C7" t="s">
+        <v>45</v>
+      </c>
+      <c r="D7" t="s">
+        <v>46</v>
+      </c>
+      <c r="E7" t="s">
+        <v>47</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>48</v>
+      </c>
+      <c r="H7" t="s">
+        <v>49</v>
+      </c>
+      <c r="I7" t="s">
+        <v>12</v>
+      </c>
+      <c r="J7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>51</v>
+      </c>
+      <c r="C8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" t="s">
+        <v>46</v>
+      </c>
+      <c r="E8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>54</v>
+      </c>
+      <c r="H8" t="s">
+        <v>55</v>
+      </c>
+      <c r="I8" t="s">
+        <v>12</v>
+      </c>
+      <c r="J8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>56</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>57</v>
+      </c>
+      <c r="E9" t="s">
+        <v>58</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>59</v>
+      </c>
+      <c r="H9" t="s">
+        <v>60</v>
+      </c>
+      <c r="I9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>61</v>
+      </c>
+      <c r="E10" t="s">
+        <v>62</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H10" t="s">
+        <v>64</v>
+      </c>
+      <c r="I10" t="s">
+        <v>12</v>
+      </c>
+      <c r="J10" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>66</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E11" t="s">
+        <v>67</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>68</v>
+      </c>
+      <c r="H11" t="s">
+        <v>69</v>
+      </c>
+      <c r="I11" t="s">
+        <v>12</v>
+      </c>
+      <c r="J11" t="s">
+        <v>65</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E2" t="s">
+        <v>74</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>75</v>
+      </c>
+      <c r="H2" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B3" t="s">
+        <v>77</v>
+      </c>
+      <c r="C3" t="s">
+        <v>78</v>
+      </c>
+      <c r="D3" t="s">
+        <v>79</v>
+      </c>
+      <c r="E3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>81</v>
+      </c>
+      <c r="H3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H23"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D2" t="s">
+        <v>86</v>
+      </c>
+      <c r="E2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>88</v>
+      </c>
+      <c r="H2" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>93</v>
+      </c>
+      <c r="H3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>83</v>
+      </c>
+      <c r="B4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>97</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>98</v>
+      </c>
+      <c r="H4" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>83</v>
+      </c>
+      <c r="B5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C5" t="s">
+        <v>101</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>102</v>
+      </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>103</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>104</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>83</v>
+      </c>
+      <c r="B6" t="s">
+        <v>105</v>
+      </c>
+      <c r="C6" t="s">
+        <v>106</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>107</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>108</v>
+      </c>
+      <c r="H6" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>83</v>
+      </c>
+      <c r="B7" t="s">
+        <v>110</v>
+      </c>
+      <c r="C7" t="s">
+        <v>111</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>113</v>
+      </c>
+      <c r="H7" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>83</v>
+      </c>
+      <c r="B8" t="s">
+        <v>115</v>
+      </c>
+      <c r="C8" t="s">
+        <v>116</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>117</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>118</v>
+      </c>
+      <c r="H8" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
+        <v>120</v>
+      </c>
+      <c r="C9" t="s">
+        <v>121</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>122</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>123</v>
+      </c>
+      <c r="H9" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>125</v>
+      </c>
+      <c r="C10" t="s">
+        <v>126</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>127</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>128</v>
+      </c>
+      <c r="H10" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>130</v>
+      </c>
+      <c r="C11" t="s">
+        <v>131</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>132</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>133</v>
+      </c>
+      <c r="H11" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" t="s">
+        <v>135</v>
+      </c>
+      <c r="C12" t="s">
+        <v>136</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>137</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>138</v>
+      </c>
+      <c r="H12" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>83</v>
+      </c>
+      <c r="B13" t="s">
+        <v>140</v>
+      </c>
+      <c r="C13" t="s">
+        <v>141</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>137</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>142</v>
+      </c>
+      <c r="H13" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>83</v>
+      </c>
+      <c r="B14" t="s">
+        <v>144</v>
+      </c>
+      <c r="C14" t="s">
+        <v>145</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>146</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>147</v>
+      </c>
+      <c r="H14" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>83</v>
+      </c>
+      <c r="B15" t="s">
+        <v>149</v>
+      </c>
+      <c r="C15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>151</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>152</v>
+      </c>
+      <c r="H15" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>83</v>
+      </c>
+      <c r="B16" t="s">
+        <v>154</v>
+      </c>
+      <c r="C16" t="s">
+        <v>155</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>156</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>157</v>
+      </c>
+      <c r="H16" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>83</v>
+      </c>
+      <c r="B17" t="s">
+        <v>159</v>
+      </c>
+      <c r="C17" t="s">
+        <v>160</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>161</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>162</v>
+      </c>
+      <c r="H17" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>83</v>
+      </c>
+      <c r="B18" t="s">
+        <v>164</v>
+      </c>
+      <c r="C18" t="s">
+        <v>165</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>166</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>167</v>
+      </c>
+      <c r="H18" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>83</v>
+      </c>
+      <c r="B19" t="s">
+        <v>169</v>
+      </c>
+      <c r="C19" t="s">
+        <v>170</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>171</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>172</v>
+      </c>
+      <c r="H19" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>83</v>
+      </c>
+      <c r="B20" t="s">
+        <v>174</v>
+      </c>
+      <c r="C20" t="s">
+        <v>175</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>176</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>177</v>
+      </c>
+      <c r="H20" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>83</v>
+      </c>
+      <c r="B21" t="s">
+        <v>179</v>
+      </c>
+      <c r="C21" t="s">
+        <v>180</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>181</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>182</v>
+      </c>
+      <c r="H21" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>83</v>
+      </c>
+      <c r="B22" t="s">
+        <v>184</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>185</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>186</v>
+      </c>
+      <c r="H22" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>83</v>
+      </c>
+      <c r="B23" t="s">
+        <v>188</v>
+      </c>
+      <c r="C23" t="s">
+        <v>189</v>
+      </c>
+      <c r="D23" t="s">
+        <v>190</v>
+      </c>
+      <c r="E23" t="s">
+        <v>191</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>192</v>
+      </c>
+      <c r="H23" t="s">
+        <v>193</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>194</v>
+      </c>
+      <c r="B2" t="s">
+        <v>195</v>
+      </c>
+      <c r="C2" t="s">
+        <v>196</v>
+      </c>
+      <c r="D2" t="s">
+        <v>197</v>
+      </c>
+      <c r="E2" t="s">
+        <v>198</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>199</v>
+      </c>
+      <c r="H2" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B3" t="s">
+        <v>201</v>
+      </c>
+      <c r="C3" t="s">
+        <v>202</v>
+      </c>
+      <c r="D3" t="s">
+        <v>203</v>
+      </c>
+      <c r="E3" t="s">
+        <v>204</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>205</v>
+      </c>
+      <c r="H3" t="s">
+        <v>206</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>207</v>
+      </c>
+      <c r="B2" t="s">
+        <v>208</v>
+      </c>
+      <c r="C2" t="s">
+        <v>209</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>210</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>211</v>
+      </c>
+      <c r="H2" t="s">
+        <v>212</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>213</v>
+      </c>
+      <c r="B2" t="s">
+        <v>214</v>
+      </c>
+      <c r="C2" t="s">
+        <v>215</v>
+      </c>
+      <c r="D2" t="s">
+        <v>216</v>
+      </c>
+      <c r="E2" t="s">
+        <v>217</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>218</v>
+      </c>
+      <c r="H2" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>213</v>
+      </c>
+      <c r="B3" t="s">
+        <v>220</v>
+      </c>
+      <c r="C3" t="s">
+        <v>221</v>
+      </c>
+      <c r="D3" t="s">
+        <v>222</v>
+      </c>
+      <c r="E3" t="s">
+        <v>223</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>224</v>
+      </c>
+      <c r="H3" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>213</v>
+      </c>
+      <c r="B4" t="s">
+        <v>226</v>
+      </c>
+      <c r="C4" t="s">
+        <v>227</v>
+      </c>
+      <c r="D4" t="s">
+        <v>228</v>
+      </c>
+      <c r="E4" t="s">
+        <v>229</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>230</v>
+      </c>
+      <c r="H4" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>213</v>
+      </c>
+      <c r="B5" t="s">
+        <v>232</v>
+      </c>
+      <c r="C5" t="s">
+        <v>233</v>
+      </c>
+      <c r="D5" t="s">
+        <v>234</v>
+      </c>
+      <c r="E5" t="s">
+        <v>235</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>236</v>
+      </c>
+      <c r="H5" t="s">
+        <v>237</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>238</v>
+      </c>
+      <c r="B2" t="s">
+        <v>239</v>
+      </c>
+      <c r="C2" t="s">
+        <v>240</v>
+      </c>
+      <c r="D2" t="s">
+        <v>241</v>
+      </c>
+      <c r="E2" t="s">
+        <v>242</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>243</v>
+      </c>
+      <c r="H2" t="s">
+        <v>244</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>