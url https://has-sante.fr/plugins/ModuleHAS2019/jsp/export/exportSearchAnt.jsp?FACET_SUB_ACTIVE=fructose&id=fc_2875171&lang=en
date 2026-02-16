--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -35,123 +35,123 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/03/2020 09:25:00</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions rectales superficielles à potentiel cancéreux</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’une lésion superficielle du rectum à potentiel cancéreux jugée à faible risque d’envahissement ganglionnaire, en comparaison à la mucosectomie et aux techniques chirurgicales, afin de statuer sur la pertinence de sa prise en charge par la collectivité.</t>
+  </si>
+  <si>
+    <t>22/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 09:25:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
-    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions cancéreuses superficielles coliques</t>
+  </si>
+  <si>
+    <t>Évaluer l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel du côlon jugé à faible risque d’envahissement ganglionnaire</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-cancereuses-superficielles-coliques</t>
   </si>
   <si>
     <t>c_2853392</t>
   </si>
   <si>
-    <t>Assessment of the complications of cryolipolysis  for aesthetic purpose - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2865012/en/assessment-of-the-complications-of-cryolipolysis-for-aesthetic-purpose-inahta-brief</t>
+    <t>Évaluation des complications de la cryolipolyse à visée esthétique - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluer les complications de l’acte de cryolipolyse à visée esthétique, technique externe de lipolyse basée sur le froid, utilisée localement sur des zones de bourrelets de graisse sous-cutanée (abdomen, cuisses, flancs, bras, sous-menton, pectoraux). Cette évaluation est menée afin de répondre à la Direction générale de la santé sur l’éventuelle dangerosité que pourrait présenter cette technique</t>
+  </si>
+  <si>
+    <t>11/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>19/07/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865012/fr/evaluation-des-complications-de-la-cryolipolyse-a-visee-esthetique-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2865012</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>