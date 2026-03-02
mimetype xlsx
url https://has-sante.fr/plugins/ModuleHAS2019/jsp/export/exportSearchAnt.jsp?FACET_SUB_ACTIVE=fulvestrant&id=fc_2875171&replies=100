--- v0 (2025-10-05)
+++ v1 (2026-03-02)
@@ -15,100 +15,112 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export évènement de calendrier" r:id="rId3" sheetId="1"/>
     <sheet name="Export Avis et décisions de la " r:id="rId4" sheetId="2"/>
     <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="224" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="241" uniqueCount="125">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
+    <t>Commission de la transparence - Réunion du 25 juin 2025</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>18/06/2025 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610301/fr/commission-de-la-transparence-reunion-du-25-juin-2025</t>
+  </si>
+  <si>
+    <t>p_3610301</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
     <t>Collège délibératif du 30 mai 2024</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>31/05/2024 10:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3519630/fr/college-deliberatif-du-30-mai-2024</t>
   </si>
   <si>
     <t>p_3519630</t>
   </si>
   <si>
-    <t>Commission</t>
-[...1 lines deleted...]
-  <si>
     <t>Commission de la transparence - Réunion du 15 mai 2024</t>
   </si>
   <si>
     <t>14/05/2024 18:29:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3517111/fr/commission-de-la-transparence-reunion-du-15-mai-2024</t>
   </si>
   <si>
     <t>p_3517111</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 06 septembre 2023</t>
   </si>
   <si>
     <t>17/11/2023 11:53:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3470051/fr/commission-de-la-transparence-reunion-du-06-septembre-2023</t>
   </si>
   <si>
     <t>p_3470051</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 18 octobre 2023</t>
@@ -258,50 +270,68 @@
     <t>Collège délibératif du 26 octobre 2016</t>
   </si>
   <si>
     <t>24/10/2016 13:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2679407/fr/college-deliberatif-du-26-octobre-2016</t>
   </si>
   <si>
     <t>c_2679407</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 21 juillet 2010</t>
   </si>
   <si>
     <t>21/07/2010 10:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_969005/fr/commission-de-la-transparence-reunion-du-21-juillet-2010</t>
   </si>
   <si>
     <t>c_969005</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2025.0298/DC/SEM du 11 décembre 2025 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité ITOVEBI (inavolisib)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité ITOVEBI (inavolisib) dans l'indication « en association avec le palbociclib et le fulvestrant, est indiqué dans le traitement des patients adultes atteints d’un cancer du sein localement avancé ou métastatique, à récepteurs aux oestrogènes (RE) positifs, HER2 négatif et présentant une mutation du gène PIK3CA, en récidive pendant ou dans les 12 mois suivant la fin d'une hormonothérapie adjuvante (voir rubrique 5.1 du RCP). Les patients précédemment traités par un inhibiteur de CDK 4/6 en situation (néo)adjuvante doivent respecter un intervalle de temps d’au moins 12 mois entre l’arrêt du traitement par l’inhibiteur de CDK 4/6 et la survenue d’une récidive. Chez les femmes en pré/périménopause et chez les hommes, l’hormonothérapie doit être associée à un agoniste de l’hormone de libération de la lutéinostimuline (LHRH). ».</t>
+  </si>
+  <si>
+    <t>11/12/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:58:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806082/fr/decision-n-2025-0298/dc/sem-du-11-decembre-2025-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-itovebi-inavolisib</t>
+  </si>
+  <si>
+    <t>p_3806082</t>
   </si>
   <si>
     <t>Décision n°2024.0147/DC/SEM du 30 mai 2024 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité TRUQAP (capivasertib)</t>
   </si>
   <si>
     <t>Autorisation d’accès précoce refusée à la spécialité TRUQAP (capivasertib).</t>
   </si>
   <si>
     <t>30/05/2024 09:39:00</t>
   </si>
   <si>
     <t>10/06/2024 08:19:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3521953/fr/decision-n2024-0147/dc/sem-du-30-mai-2024-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-truqap-capivasertib</t>
   </si>
   <si>
     <t>p_3521953</t>
   </si>
   <si>
     <t>Avis n°2016.0063/AC/SEM du 26 octobre 2016 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité IBRANCE (palbociclib)</t>
   </si>
   <si>
     <t>Les indications de l’autorisation de mise sur le marché de la spécialité IBRANCE (palbociclib) qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation de cohorte sont :# * le traitement hormonal de première ligne du cancer du sein localement avancé/métastatique, positif aux récepteurs hormonaux (RH) et négatif au récepteur du facteur de croissance épidermique humain chez la femme ménopausée ou non ménopausée, * le traitement du cancer du sein localement avancé/métastatique, positif aux récepteurs hormonaux (RH) et négatif au récepteur du facteur de croissance épidermique humain avec atteinte viscérale quel que soit le statut de la patiente : ménopausée ou non ménopausée, * le traitement hormonal de seconde ligne ou plus du cancer du sein localement avancé/métastatique, positif aux récepteurs hormonaux (RH) et négatif au récepteur du facteur de croissance épidermique humain chez la femme ménopausée ou non ménopausée.# La Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale dans les indications précitées, à l’exception de l’indication du traitement hormonal de seconde ligne ou plus du cancer du sein chez les patientes non ménopausées. Ces alternatives thérapeutiques sont mentionnées en annexe du présent avis.</t>
   </si>
@@ -410,51 +440,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I18"/>
+  <dimension ref="A1:I19"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -938,269 +968,324 @@
       <c r="B18" t="s">
         <v>76</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>77</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
         <v>78</v>
       </c>
       <c r="H18" t="s">
         <v>79</v>
       </c>
       <c r="I18" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>9</v>
+      </c>
+      <c r="B19" t="s">
+        <v>80</v>
+      </c>
+      <c r="C19" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>81</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>82</v>
+      </c>
+      <c r="H19" t="s">
+        <v>83</v>
+      </c>
+      <c r="I19" t="s">
+        <v>15</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B2" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C2" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D2" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="E2" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="H2" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B3" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="C3" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="D3" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="E3" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="H3" t="s">
-        <v>92</v>
+        <v>96</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>84</v>
+      </c>
+      <c r="B4" t="s">
+        <v>97</v>
+      </c>
+      <c r="C4" t="s">
+        <v>98</v>
+      </c>
+      <c r="D4" t="s">
+        <v>99</v>
+      </c>
+      <c r="E4" t="s">
+        <v>100</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>101</v>
+      </c>
+      <c r="H4" t="s">
+        <v>102</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="J1" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="K1" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="B2" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H2" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="I2" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="J2" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="K2" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="L2" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="M2" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="B3" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="H3" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="I3" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="J3" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="K3" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="L3" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="M3" t="s">
-        <v>113</v>
+        <v>123</v>
       </c>
       <c r="N3" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>