--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,238 +1,1345 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Études et Rapports" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="650" uniqueCount="405">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre le zona avec le vaccin Shingrix des personnes de 18 ans et plus dont le système immunitaire est défaillant, ainsi que de toutes les personnes âgées de 65 ans et plus.</t>
+  </si>
+  <si>
+    <t>29/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2024 14:30:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
+  </si>
+  <si>
+    <t>p_3498915</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
+  </si>
+  <si>
+    <t>26/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3634754</t>
+  </si>
+  <si>
+    <t>Schwannomatoses non-NF2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWN. Il a été élaboré par le Centre constitutif labellisé des schwannomatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/05/2025 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598549/fr/schwannomatoses-non-nf2</t>
+  </si>
+  <si>
+    <t>p_3598549</t>
+  </si>
+  <si>
+    <t>Mucopolysaccharidoses (MPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 08:28:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659924/fr/mucopolysaccharidoses-mps</t>
+  </si>
+  <si>
+    <t>c_2659924</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Atrophie multisystématisée (AMS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’AMS. Il a été élaboré par le Centre de référence Atrophie multisystématisée à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574640/fr/atrophie-multisystematisee-ams</t>
+  </si>
+  <si>
+    <t>c_2574640</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Syringomyélie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syringomyélie. Il a été élaboré par le Centre de référence C-MAVEM Chiari, syringomyélie et malformations vertébromédullairesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/11/2024 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557658/fr/syringomyelie</t>
+  </si>
+  <si>
+    <t>p_3557658</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Interféronopathies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’interféronopathie. Il a été élaboré sous l’égide du Centre de Référence des Rhumatismes inflammatoires, maladies Auto-immunes et Interféronopathies Systémiques de l'Enfant RAISE et des Filières des maladies auto-immunes et auto-inflammatoires rares FAI²R des maladies rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/11/2024 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555029/fr/interferonopathies</t>
+  </si>
+  <si>
+    <t>p_3555029</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>ALD n° 9 - Epilepsies graves</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>23/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>28/03/2023 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_586170/fr/ald-n-9-epilepsies-graves</t>
+  </si>
+  <si>
+    <t>c_586170</t>
+  </si>
+  <si>
+    <t>Amylose AL</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amylose AL. Il a été élaboré par le Centre national de référence amylose AL. et autres maladies de dépôts d'immunoglobulines monoclonales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385053/fr/amylose-al</t>
+  </si>
+  <si>
+    <t>p_3385053</t>
+  </si>
+  <si>
+    <t>Syndrome de Perrault</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Perrault. Il a été élaboré par le CRMR surdités génétiques du CHU de Lille, CCMR surdités génétiques du CHU de Toulouse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389533/fr/syndrome-de-perrault</t>
+  </si>
+  <si>
+    <t>p_3389533</t>
+  </si>
+  <si>
+    <t>Paralysie Supranucléaire Progressive et Syndrome Corticobasal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSP ou de SCB. Il a été élaboré par le Centre de référence Démences Rares ou Préco à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390276/fr/paralysie-supranucleaire-progressive-et-syndrome-corticobasal</t>
+  </si>
+  <si>
+    <t>p_3390276</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Sevrage de la nutrition entérale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant que l’on souhaite sevrer d’une NE. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375560/fr/sevrage-de-la-nutrition-enterale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375560</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde héréditaire à transthyrétine (NAH-TTR)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NAH-TTR. Il a été élaboré par le Centre de référence des Neuropathies Périphériques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/07/2022 12:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351757/fr/neuropathie-amyloide-hereditaire-a-transthyretine-nah-ttr</t>
+  </si>
+  <si>
+    <t>p_3351757</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Syndrome de Guillain-Barré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Guillain-Barré. Il a été élaboré par la Filière de Santé Maladies Rares Neuromusculaires FILNEMUS à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299758/fr/syndrome-de-guillain-barre</t>
+  </si>
+  <si>
+    <t>p_3299758</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Cholangite Biliaire Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite biliaire primitive (CBP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300344/fr/cholangite-biliaire-primitive</t>
+  </si>
+  <si>
+    <t>p_3300344</t>
+  </si>
+  <si>
+    <t>Maladie de Fabry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
+  </si>
+  <si>
+    <t>p_3301584</t>
+  </si>
+  <si>
+    <t>Prise en charge des lipomes du filum terminal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'un lipome du filum terminal. Il a été élaboré par le Centre de Référence Maladies Rares Chiari - Malformations Vertébrales et Médullaires (C-MAVEM) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301913/fr/prise-en-charge-des-lipomes-du-filum-terminal</t>
+  </si>
+  <si>
+    <t>p_3301913</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Syndrome de Pitt Hopkins (PTHS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Pitt Hopkins (PTHS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295033/fr/syndrome-de-pitt-hopkins-pths</t>
+  </si>
+  <si>
+    <t>p_3295033</t>
+  </si>
+  <si>
+    <t>Adrénoleucodystrophie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Adrénoleucodystrophie. Il a été élaboré par le Centre de Référence Leucodystrophies et leuco-encéphalopathies rares et le Centre de Référence Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292277/fr/adrenoleucodystrophie</t>
+  </si>
+  <si>
+    <t>p_3292277</t>
+  </si>
+  <si>
+    <t>Malformation de Chiari</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de malformation de Chiari. Il a été élaboré par Centre de référence C-MAVEM Chiari, syringomyélie et malformations vertébromédullaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280005/fr/malformation-de-chiari</t>
+  </si>
+  <si>
+    <t>p_3280005</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Insuffisance Ovarienne Prématurée (IOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/05/2021 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
+  </si>
+  <si>
+    <t>p_3264990</t>
+  </si>
+  <si>
+    <t>Syndrome lipodystrophique de Dunnigan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome lipodystrophique de Dunnigan. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236803/fr/syndrome-lipodystrophique-de-dunnigan</t>
+  </si>
+  <si>
+    <t>p_3236803</t>
+  </si>
+  <si>
+    <t>Syndrome de Allan Herndon-Dudley (SAHD)(MCT8 thyroid hormone  transporter)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome de Allan Herndon-Dudley (SAHD). Il a été élaboré par le centre de référence des Déficiences Intellectuelles de causes rare, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187176/fr/syndrome-de-allan-herndon-dudley-sahd-mct8-thyroid-hormone-transporter</t>
+  </si>
+  <si>
+    <t>p_3187176</t>
+  </si>
+  <si>
+    <t>Amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy.</t>
+  </si>
+  <si>
+    <t>22/06/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776017/fr/amyotrophie-bulbo-spinale-liee-a-l-x-ou-maladie-de-kennedy</t>
+  </si>
+  <si>
+    <t>c_2776017</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de neuropathie amyloïde familiale (NAF).</t>
+  </si>
+  <si>
+    <t>03/05/2017 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760531/fr/neuropathie-amyloide-familiale</t>
+  </si>
+  <si>
+    <t>c_2760531</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Cancer de l'endomètre</t>
+  </si>
+  <si>
+    <t>03/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2016 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1021574/fr/ald-n-30-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>c_1021574</t>
+  </si>
+  <si>
+    <t>Sclérose latérale amyotrophique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de Sclérose latérale amyotrophique.</t>
+  </si>
+  <si>
+    <t>18/11/2015 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573383/fr/sclerose-laterale-amyotrophique</t>
+  </si>
+  <si>
+    <t>c_2573383</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Lymphomes non hodgkiniens de l’adulte</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2015 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_881776/fr/ald-n-30-lymphomes-non-hodgkiniens-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_881776</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Leucémie aiguë de l'adulte</t>
+  </si>
+  <si>
+    <t>22/04/2015 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1216166/fr/ald-n-30-leucemie-aigue-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1216166</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Cancer du poumon et mésothéliome pleural malin</t>
+  </si>
+  <si>
+    <t>24/09/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_820058/fr/ald-n-30-cancer-du-poumon-et-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>c_820058</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Mélanome cutané</t>
+  </si>
+  <si>
+    <t>16/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2014 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_644443/fr/ald-n-30-melanome-cutane</t>
+  </si>
+  <si>
+    <t>c_644443</t>
+  </si>
+  <si>
+    <t>Guides du parcours de soins des cancers broncho-pulmonaires et mésothéliome pleural malin</t>
+  </si>
+  <si>
+    <t>Les guides du parcours de soins décrivent la prise en charge usuelle d’une personne ayant un cancer broncho-pulmonaire ou un mésothéliome pleural malin. Ils ciblent principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, les guides abordent aussi le rôle, la place et les modalités de coordination des différents professionnels. Les guides du parcours de soins sont accompagnés d'une synthèse focalisée sur les points critiques de la prise en charge et d'un mémo destiné à être intégré dans un logiciel métier pour les cancers broncho-pulmonaires.</t>
+  </si>
+  <si>
+    <t>24/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2013 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650525/fr/guides-du-parcours-de-soins-des-cancers-broncho-pulmonaires-et-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>c_1650525</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins du lymphome de Hodgkin classique de l'adulte</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne adulte ayant un lymphome de Hodgkin classique. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. .</t>
+  </si>
+  <si>
+    <t>14/10/2013 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652304/fr/guide-du-parcours-de-soins-du-lymphome-de-hodgkin-classique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1652304</t>
+  </si>
+  <si>
+    <t>Parcours de soins d’une personne ayant une maladie chronique en phase palliative – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Cette note de cadrage présente le projet de la HAS visant à proposer des outils facilitant le parcours des personnes ayant une maladie chronique en phase palliative. Ce projet s’inscrit dans une approche transversale qui consiste à développer des outils communs à toutes les maladies chroniques pour compléter la démarche parcours de soins par maladie.</t>
+  </si>
+  <si>
+    <t>30/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>20/09/2013 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638933/fr/parcours-de-soins-d-une-personne-ayant-une-maladie-chronique-en-phase-palliative-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>c_1638933</t>
+  </si>
+  <si>
+    <t>ALD n° 9 - Sclérose latérale amyotrophique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 9 : sclérose latérale amyotrophique (SLA).</t>
+  </si>
+  <si>
+    <t>10/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2007 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538662/fr/ald-n-9-sclerose-laterale-amyotrophique</t>
+  </si>
+  <si>
+    <t>c_538662</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...44 lines deleted...]
-    <t>Questions put to the jury: 1. How to diagnose ALS? 2. How to break the news of ALS? 3. How to assess the course of ALS and what instruments to use? 4. What therapies and follow-up are available for patients with ALS and their families? 5. What is the role of life support in patients with ALS?</t>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour finalité de définir une stratégie de prise en charge des complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme, afin de : Savoir reconnaitre et explorer une complication chirurgicale Proposer la meilleure prise en charge, adaptée à chaque type de complication Participer à la formation des chirurgiens pour cette prise en charge Soulager et améliorer la qualité de vie des patientes après la chirurgie Délivrer une information claire et appropriée à la patiente</t>
+  </si>
+  <si>
+    <t>16/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/04/2023 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3235557/fr/complications-de-la-chirurgie-avec-prothese-de-l-incontinence-urinaire-d-effort-et-du-prolapsus-genital-de-la-femme</t>
+  </si>
+  <si>
+    <t>p_3235557</t>
+  </si>
+  <si>
+    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
+  </si>
+  <si>
+    <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
+  </si>
+  <si>
+    <t>p_3215131</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Prévention et prise en charge des effets indésirables pouvant survenir après une ponction lombaire</t>
+  </si>
+  <si>
+    <t>La ponction lombaire (PL) est un acte diagnostique ou thérapeutique fréquent, invasif, réalisable par tout médecin. Elle est à risque d’événements indésirables, exceptionnellement graves, et d’échecs dont la majorité serait évitable. Pour cela, il est nécessaire que tout médecin connaisse l’anatomie, les contre-indications, la technique de PL, le matériel utilisable, les événements indésirables et leur prévention.</t>
+  </si>
+  <si>
+    <t>12/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2019 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067854/fr/prevention-et-prise-en-charge-des-effets-indesirables-pouvant-survenir-apres-une-ponction-lombaire</t>
+  </si>
+  <si>
+    <t>p_3067854</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Programmes de récupération améliorée après chirurgie (RAAC)</t>
+  </si>
+  <si>
+    <t>Depuis son émergence dans les années 1990 par l’équipe danoise du Pr. Henrik Kehlet, la récupération améliorée après chirurgie (RAAC) est une approche de prise en charge globale du patient favorisant le rétablissement précoce de ses capacités après la chirurgie. Le rapport d’orientation est conçu pour aider les professionnels à mettre en place de programmes RAAC et à préparer leurs futures évaluations.</t>
+  </si>
+  <si>
+    <t>22/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1763416/fr/programmes-de-recuperation-amelioree-apres-chirurgie-raac</t>
+  </si>
+  <si>
+    <t>c_1763416</t>
+  </si>
+  <si>
+    <t>Prise en charge médicamenteuse de la douleur chez l’enfant : alternatives à la codéine</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont d’identifier les situations cliniques de douleur aiguë et prolongée problématiques depuis le retrait de la codéine chez l’enfant ainsi que de proposer des alternatives thérapeutiques dans les situations cliniques identifiées (molécules, galéniques, place des morphiniques) et leurs modalités d'utilisation</t>
+  </si>
+  <si>
+    <t>13/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2016 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010340/fr/prise-en-charge-medicamenteuse-de-la-douleur-chez-l-enfant-alternatives-a-la-codeine</t>
+  </si>
+  <si>
+    <t>c_2010340</t>
+  </si>
+  <si>
+    <t>Prise en charge des consommateurs de cocaïne</t>
+  </si>
+  <si>
+    <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
+  </si>
+  <si>
+    <t>03/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
+  </si>
+  <si>
+    <t>c_951095</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et thérapeutique de la migraine chez l’adulte et chez l’enfant : aspects cliniques et économiques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est de répondre aux questions suivantes dans le cadre de la prise en charge de l'adulte et de l'enfant : Quelle est la stratégie diagnostique de la migraine ? Comment évaluer le handicap du migraineux pour une prise en charge optimale ? Quelle est la stratégie thérapeutique de la crise ? Quelle est la stratégie thérapeutique prophylactique ?</t>
+  </si>
+  <si>
+    <t>01/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272212/fr/prise-en-charge-diagnostique-et-therapeutique-de-la-migraine-chez-l-adulte-et-chez-l-enfant-aspects-cliniques-et-economiques</t>
+  </si>
+  <si>
+    <t>c_272212</t>
+  </si>
+  <si>
+    <t>Prise en charge des personnes atteintes de sclérose latérale amyotrophique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : 1. Comment fait-on le diagnostic de sclérose latérale amyotrophique (SLA) ? 2. Comment dit-on le diagnostic de SLA ? 3. Comment évalue-t-on l’évolution de la SLA et quels outils utiliser ? 4. Quelles thérapies et quel suivi pour le patient atteint de SLA et son entourage ? 5. Quelle est la place de la suppléance des fonctions vitales chez le patient atteint de SLA ?</t>
   </si>
   <si>
     <t>02/02/2006 00:00:00</t>
   </si>
   <si>
     <t>02/02/2006 15:30:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_409014/en/care-of-patients-with-amyotrophic-lateral-sclerosis-als-23-24-november-2004</t>
+    <t>https://www.has-sante.fr/jcms/c_409014/fr/prise-en-charge-des-personnes-atteintes-de-sclerose-laterale-amyotrophique</t>
   </si>
   <si>
     <t>c_409014</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
+  </si>
+  <si>
+    <t>Élaborer des recommandations concernant l'évaluation et le traitement de la douleur chez les personnes âgées ayant des troubles de la communication verbale.</t>
+  </si>
+  <si>
+    <t>01/10/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272123/fr/evaluation-et-prise-en-charge-therapeutique-de-la-douleur-chez-les-personnes-agees-ayant-des-troubles-de-la-communication-verbale</t>
+  </si>
+  <si>
+    <t>c_272123</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Médicaments à base de cannabis</t>
+  </si>
+  <si>
+    <t>L'évaluation des médicaments à base de cannabis en vue de leur éventuelle prise en charge par l'assurance maladie intervient dans un contexte où l'usage médical du cannabis a été autorisé en France depuis 2021. Les médicaments concernés doivent répondre à des spécifications précises et sont destinés à traiter des conditions médicales spécifiques en dernière intention. La HAS s'appuiera sur diverses données et contributions pour rendre son avis. Un décret ultérieur précisera les modalités d'évaluation.</t>
+  </si>
+  <si>
+    <t>29/07/2025 12:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638245/fr/medicaments-a-base-de-cannabis</t>
+  </si>
+  <si>
+    <t>p_3638245</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Évaluation des complications de la cryolipolyse à visée esthétique - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluer les complications de l’acte de cryolipolyse à visée esthétique, technique externe de lipolyse basée sur le froid, utilisée localement sur des zones de bourrelets de graisse sous-cutanée (abdomen, cuisses, flancs, bras, sous-menton, pectoraux). Cette évaluation est menée afin de répondre à la Direction générale de la santé sur l’éventuelle dangerosité que pourrait présenter cette technique</t>
+  </si>
+  <si>
+    <t>11/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>19/07/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865012/fr/evaluation-des-complications-de-la-cryolipolyse-a-visee-esthetique-rapport-d-evaluation-technologique</t>
+  </si>
+  <si>
+    <t>c_2865012</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2022.0227/DP/SEM du 22 avril 2022 de la Présidente de la Haute Autorité de santé prise au nom du collège portant autorisation d’accès précoce de la spécialité KAPRUVIA</t>
+  </si>
+  <si>
+    <t>L’autorisation d’accès précoce est octroyée à la spécialité KAPRUVIA</t>
+  </si>
+  <si>
+    <t>22/04/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>22/04/2022 17:13:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334045/fr/decision-n-2022-0227/dp/sem-du-22-avril-2022-de-la-presidente-de-la-haute-autorite-de-sante-prise-au-nom-du-college-portant-autorisation-d-acces-precoce-de-la-specialite-kapruvia</t>
+  </si>
+  <si>
+    <t>p_3334045</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Interactions des professionnels de santé avec les représentants de l’industrie</t>
+  </si>
+  <si>
+    <t>Promotion par démarchage (visite médicale) : la HAS fournit une revue systématique de la littérature publiée entre 01/2004 et 12/2018, dans le monde et en France sur l'exposition des professionnels et des étudiants à cette forme de publicité, son influence, sa qualité, et l'efficacité des moyens mis en oeuvre pour en limiter les effets non souhaités. 2.14.0.0</t>
+  </si>
+  <si>
+    <t>08/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2023 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395221/fr/interactions-des-professionnels-de-sante-avec-les-representants-de-l-industrie</t>
+  </si>
+  <si>
+    <t>p_3395221</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>NEURONTIN (gabapentine)</t>
+  </si>
+  <si>
+    <t>04/05/2018 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983300/fr/neurontin-gabapentine</t>
+  </si>
+  <si>
+    <t>pprd_2983300</t>
+  </si>
+  <si>
+    <t>gabapentine</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398938/fr/neurontin-100-mg-gelule-neurontin-300-mg-gelule-neurontin-400-mg-gelule-neurontin-600-mg-comprime-pellicule-neurontin-800-mg-comprime-pellicule-boites-de-90</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398939/fr/neurontin-100-mg-gelule-neurontin-300-mg-gelule-neurontin-400-mg-gelule-boites-de-90</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_555460/fr/neurontin-gabapentine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607363/fr/neurontin-gabapentine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848081/fr/neurontin-gabapentine</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
+  </si>
+  <si>
+    <t>Lymphome de Hodgkin classique de l'adulte - Parcours de soins</t>
+  </si>
+  <si>
+    <t>Le lymphome de Hodgkin est une prolifération tumorale de cellules lymphoïdes dans un ou plusieurs organes lymphoïdes, avec parfois extension dans des sites extra-ganglionnaires. Il se différencie des lymphomes non hodgkiniens (LNH) par la présence de grandes cellules tumorales caractéristiques sur le plan morphologique et immunologique : les cellules de Reed-Sternberg, une présentation clinique plus fréquemment localisée et un pronostic globalement meilleur.</t>
+  </si>
+  <si>
+    <t>31/07/2013 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906066/fr/lymphome-de-hodgkin-classique-de-l-adulte-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906066</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -246,147 +1353,2199 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H47"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="C4" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D4" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="H4" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D5" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="H5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D6" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>40</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>41</v>
       </c>
       <c r="H6" t="s">
         <v>42</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" t="s">
+        <v>44</v>
+      </c>
+      <c r="D7" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>55</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>66</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>67</v>
+      </c>
+      <c r="H11" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" t="s">
+        <v>70</v>
+      </c>
+      <c r="D12" t="s">
+        <v>71</v>
+      </c>
+      <c r="E12" t="s">
+        <v>72</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>73</v>
+      </c>
+      <c r="H12" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>75</v>
+      </c>
+      <c r="C13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>77</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>78</v>
+      </c>
+      <c r="H13" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" t="s">
+        <v>80</v>
+      </c>
+      <c r="C14" t="s">
+        <v>81</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>82</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>83</v>
+      </c>
+      <c r="H14" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" t="s">
+        <v>85</v>
+      </c>
+      <c r="C15" t="s">
+        <v>86</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>82</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>87</v>
+      </c>
+      <c r="H15" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" t="s">
+        <v>89</v>
+      </c>
+      <c r="C16" t="s">
+        <v>90</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>82</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>91</v>
+      </c>
+      <c r="H16" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>93</v>
+      </c>
+      <c r="C17" t="s">
+        <v>94</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>95</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>96</v>
+      </c>
+      <c r="H17" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" t="s">
+        <v>98</v>
+      </c>
+      <c r="C18" t="s">
+        <v>99</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>100</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H18" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>16</v>
+      </c>
+      <c r="B19" t="s">
+        <v>103</v>
+      </c>
+      <c r="C19" t="s">
+        <v>104</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>105</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>106</v>
+      </c>
+      <c r="H19" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" t="s">
+        <v>108</v>
+      </c>
+      <c r="C20" t="s">
+        <v>109</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>110</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>111</v>
+      </c>
+      <c r="H20" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>16</v>
+      </c>
+      <c r="B21" t="s">
+        <v>113</v>
+      </c>
+      <c r="C21" t="s">
+        <v>114</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>115</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>116</v>
+      </c>
+      <c r="H21" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>16</v>
+      </c>
+      <c r="B22" t="s">
+        <v>118</v>
+      </c>
+      <c r="C22" t="s">
+        <v>119</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>115</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>120</v>
+      </c>
+      <c r="H22" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" t="s">
+        <v>122</v>
+      </c>
+      <c r="C23" t="s">
+        <v>123</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>115</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>124</v>
+      </c>
+      <c r="H23" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>16</v>
+      </c>
+      <c r="B24" t="s">
+        <v>126</v>
+      </c>
+      <c r="C24" t="s">
+        <v>127</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>115</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>128</v>
+      </c>
+      <c r="H24" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>16</v>
+      </c>
+      <c r="B25" t="s">
+        <v>130</v>
+      </c>
+      <c r="C25" t="s">
+        <v>131</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>115</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>132</v>
+      </c>
+      <c r="H25" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>16</v>
+      </c>
+      <c r="B26" t="s">
+        <v>134</v>
+      </c>
+      <c r="C26" t="s">
+        <v>135</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>136</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>137</v>
+      </c>
+      <c r="H26" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>16</v>
+      </c>
+      <c r="B27" t="s">
+        <v>139</v>
+      </c>
+      <c r="C27" t="s">
+        <v>140</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>136</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>141</v>
+      </c>
+      <c r="H27" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>16</v>
+      </c>
+      <c r="B28" t="s">
+        <v>143</v>
+      </c>
+      <c r="C28" t="s">
+        <v>144</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>145</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>146</v>
+      </c>
+      <c r="H28" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>16</v>
+      </c>
+      <c r="B29" t="s">
+        <v>148</v>
+      </c>
+      <c r="C29" t="s">
+        <v>149</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>150</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>151</v>
+      </c>
+      <c r="H29" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>16</v>
+      </c>
+      <c r="B30" t="s">
+        <v>153</v>
+      </c>
+      <c r="C30" t="s">
+        <v>154</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>155</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>156</v>
+      </c>
+      <c r="H30" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>16</v>
+      </c>
+      <c r="B31" t="s">
+        <v>158</v>
+      </c>
+      <c r="C31" t="s">
+        <v>159</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>160</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>161</v>
+      </c>
+      <c r="H31" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>16</v>
+      </c>
+      <c r="B32" t="s">
+        <v>163</v>
+      </c>
+      <c r="C32" t="s">
+        <v>164</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>165</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>166</v>
+      </c>
+      <c r="H32" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>16</v>
+      </c>
+      <c r="B33" t="s">
+        <v>168</v>
+      </c>
+      <c r="C33" t="s">
+        <v>169</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>170</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>171</v>
+      </c>
+      <c r="H33" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>16</v>
+      </c>
+      <c r="B34" t="s">
+        <v>173</v>
+      </c>
+      <c r="C34" t="s">
+        <v>174</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>175</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>176</v>
+      </c>
+      <c r="H34" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B35" t="s">
+        <v>178</v>
+      </c>
+      <c r="C35" t="s">
+        <v>179</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>180</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>181</v>
+      </c>
+      <c r="H35" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>16</v>
+      </c>
+      <c r="B36" t="s">
+        <v>183</v>
+      </c>
+      <c r="C36" t="s">
+        <v>184</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>185</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>186</v>
+      </c>
+      <c r="H36" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>16</v>
+      </c>
+      <c r="B37" t="s">
+        <v>188</v>
+      </c>
+      <c r="C37" t="s">
+        <v>189</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>190</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>191</v>
+      </c>
+      <c r="H37" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>16</v>
+      </c>
+      <c r="B38" t="s">
+        <v>193</v>
+      </c>
+      <c r="C38" t="s">
+        <v>70</v>
+      </c>
+      <c r="D38" t="s">
+        <v>194</v>
+      </c>
+      <c r="E38" t="s">
+        <v>195</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>196</v>
+      </c>
+      <c r="H38" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>16</v>
+      </c>
+      <c r="B39" t="s">
+        <v>198</v>
+      </c>
+      <c r="C39" t="s">
+        <v>199</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>200</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>201</v>
+      </c>
+      <c r="H39" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>16</v>
+      </c>
+      <c r="B40" t="s">
+        <v>203</v>
+      </c>
+      <c r="C40" t="s">
+        <v>70</v>
+      </c>
+      <c r="D40" t="s">
+        <v>204</v>
+      </c>
+      <c r="E40" t="s">
+        <v>205</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>206</v>
+      </c>
+      <c r="H40" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>16</v>
+      </c>
+      <c r="B41" t="s">
+        <v>208</v>
+      </c>
+      <c r="C41" t="s">
+        <v>70</v>
+      </c>
+      <c r="D41" t="s">
+        <v>204</v>
+      </c>
+      <c r="E41" t="s">
+        <v>209</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>210</v>
+      </c>
+      <c r="H41" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>16</v>
+      </c>
+      <c r="B42" t="s">
+        <v>212</v>
+      </c>
+      <c r="C42" t="s">
+        <v>70</v>
+      </c>
+      <c r="D42" t="s">
+        <v>213</v>
+      </c>
+      <c r="E42" t="s">
+        <v>214</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>215</v>
+      </c>
+      <c r="H42" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>16</v>
+      </c>
+      <c r="B43" t="s">
+        <v>217</v>
+      </c>
+      <c r="C43" t="s">
+        <v>70</v>
+      </c>
+      <c r="D43" t="s">
+        <v>218</v>
+      </c>
+      <c r="E43" t="s">
+        <v>219</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>220</v>
+      </c>
+      <c r="H43" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>16</v>
+      </c>
+      <c r="B44" t="s">
+        <v>222</v>
+      </c>
+      <c r="C44" t="s">
+        <v>223</v>
+      </c>
+      <c r="D44" t="s">
+        <v>224</v>
+      </c>
+      <c r="E44" t="s">
+        <v>225</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>226</v>
+      </c>
+      <c r="H44" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>16</v>
+      </c>
+      <c r="B45" t="s">
+        <v>228</v>
+      </c>
+      <c r="C45" t="s">
+        <v>229</v>
+      </c>
+      <c r="D45" t="s">
+        <v>224</v>
+      </c>
+      <c r="E45" t="s">
+        <v>230</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>231</v>
+      </c>
+      <c r="H45" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>16</v>
+      </c>
+      <c r="B46" t="s">
+        <v>233</v>
+      </c>
+      <c r="C46" t="s">
+        <v>234</v>
+      </c>
+      <c r="D46" t="s">
+        <v>235</v>
+      </c>
+      <c r="E46" t="s">
+        <v>236</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>237</v>
+      </c>
+      <c r="H46" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>16</v>
+      </c>
+      <c r="B47" t="s">
+        <v>239</v>
+      </c>
+      <c r="C47" t="s">
+        <v>240</v>
+      </c>
+      <c r="D47" t="s">
+        <v>241</v>
+      </c>
+      <c r="E47" t="s">
+        <v>242</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>243</v>
+      </c>
+      <c r="H47" t="s">
+        <v>244</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>245</v>
+      </c>
+      <c r="B2" t="s">
+        <v>246</v>
+      </c>
+      <c r="C2" t="s">
+        <v>247</v>
+      </c>
+      <c r="D2" t="s">
+        <v>248</v>
+      </c>
+      <c r="E2" t="s">
+        <v>249</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>250</v>
+      </c>
+      <c r="H2" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>245</v>
+      </c>
+      <c r="B3" t="s">
+        <v>252</v>
+      </c>
+      <c r="C3" t="s">
+        <v>253</v>
+      </c>
+      <c r="D3" t="s">
+        <v>254</v>
+      </c>
+      <c r="E3" t="s">
+        <v>255</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>256</v>
+      </c>
+      <c r="H3" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>245</v>
+      </c>
+      <c r="B4" t="s">
+        <v>258</v>
+      </c>
+      <c r="C4" t="s">
+        <v>259</v>
+      </c>
+      <c r="D4" t="s">
+        <v>260</v>
+      </c>
+      <c r="E4" t="s">
+        <v>261</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>262</v>
+      </c>
+      <c r="H4" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>245</v>
+      </c>
+      <c r="B5" t="s">
+        <v>264</v>
+      </c>
+      <c r="C5" t="s">
+        <v>265</v>
+      </c>
+      <c r="D5" t="s">
+        <v>266</v>
+      </c>
+      <c r="E5" t="s">
+        <v>267</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>268</v>
+      </c>
+      <c r="H5" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>245</v>
+      </c>
+      <c r="B6" t="s">
+        <v>270</v>
+      </c>
+      <c r="C6" t="s">
+        <v>271</v>
+      </c>
+      <c r="D6" t="s">
+        <v>272</v>
+      </c>
+      <c r="E6" t="s">
+        <v>273</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>274</v>
+      </c>
+      <c r="H6" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>245</v>
+      </c>
+      <c r="B7" t="s">
+        <v>276</v>
+      </c>
+      <c r="C7" t="s">
+        <v>277</v>
+      </c>
+      <c r="D7" t="s">
+        <v>278</v>
+      </c>
+      <c r="E7" t="s">
+        <v>279</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>280</v>
+      </c>
+      <c r="H7" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>245</v>
+      </c>
+      <c r="B8" t="s">
+        <v>282</v>
+      </c>
+      <c r="C8" t="s">
+        <v>283</v>
+      </c>
+      <c r="D8" t="s">
+        <v>284</v>
+      </c>
+      <c r="E8" t="s">
+        <v>285</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>286</v>
+      </c>
+      <c r="H8" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>245</v>
+      </c>
+      <c r="B9" t="s">
+        <v>288</v>
+      </c>
+      <c r="C9" t="s">
+        <v>289</v>
+      </c>
+      <c r="D9" t="s">
+        <v>290</v>
+      </c>
+      <c r="E9" t="s">
+        <v>291</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>292</v>
+      </c>
+      <c r="H9" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>245</v>
+      </c>
+      <c r="B10" t="s">
+        <v>294</v>
+      </c>
+      <c r="C10" t="s">
+        <v>295</v>
+      </c>
+      <c r="D10" t="s">
+        <v>290</v>
+      </c>
+      <c r="E10" t="s">
+        <v>296</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>297</v>
+      </c>
+      <c r="H10" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>245</v>
+      </c>
+      <c r="B11" t="s">
+        <v>299</v>
+      </c>
+      <c r="C11" t="s">
+        <v>300</v>
+      </c>
+      <c r="D11" t="s">
+        <v>301</v>
+      </c>
+      <c r="E11" t="s">
+        <v>302</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>303</v>
+      </c>
+      <c r="H11" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>245</v>
+      </c>
+      <c r="B12" t="s">
+        <v>305</v>
+      </c>
+      <c r="C12" t="s">
+        <v>306</v>
+      </c>
+      <c r="D12" t="s">
+        <v>307</v>
+      </c>
+      <c r="E12" t="s">
+        <v>308</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>309</v>
+      </c>
+      <c r="H12" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>245</v>
+      </c>
+      <c r="B13" t="s">
+        <v>311</v>
+      </c>
+      <c r="C13" t="s">
+        <v>312</v>
+      </c>
+      <c r="D13" t="s">
+        <v>313</v>
+      </c>
+      <c r="E13" t="s">
+        <v>314</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>315</v>
+      </c>
+      <c r="H13" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>245</v>
+      </c>
+      <c r="B14" t="s">
+        <v>317</v>
+      </c>
+      <c r="C14" t="s">
+        <v>318</v>
+      </c>
+      <c r="D14" t="s">
+        <v>319</v>
+      </c>
+      <c r="E14" t="s">
+        <v>320</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>321</v>
+      </c>
+      <c r="H14" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>245</v>
+      </c>
+      <c r="B15" t="s">
+        <v>323</v>
+      </c>
+      <c r="C15" t="s">
+        <v>324</v>
+      </c>
+      <c r="D15" t="s">
+        <v>325</v>
+      </c>
+      <c r="E15" t="s">
+        <v>326</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>327</v>
+      </c>
+      <c r="H15" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>245</v>
+      </c>
+      <c r="B16" t="s">
+        <v>329</v>
+      </c>
+      <c r="C16" t="s">
+        <v>330</v>
+      </c>
+      <c r="D16" t="s">
+        <v>331</v>
+      </c>
+      <c r="E16" t="s">
+        <v>332</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>333</v>
+      </c>
+      <c r="H16" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>245</v>
+      </c>
+      <c r="B17" t="s">
+        <v>335</v>
+      </c>
+      <c r="C17" t="s">
+        <v>336</v>
+      </c>
+      <c r="D17" t="s">
+        <v>337</v>
+      </c>
+      <c r="E17" t="s">
+        <v>338</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>339</v>
+      </c>
+      <c r="H17" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>245</v>
+      </c>
+      <c r="B18" t="s">
+        <v>341</v>
+      </c>
+      <c r="C18" t="s">
+        <v>342</v>
+      </c>
+      <c r="D18" t="s">
+        <v>343</v>
+      </c>
+      <c r="E18" t="s">
+        <v>344</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>345</v>
+      </c>
+      <c r="H18" t="s">
+        <v>346</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>347</v>
+      </c>
+      <c r="B2" t="s">
+        <v>348</v>
+      </c>
+      <c r="C2" t="s">
+        <v>349</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>350</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>351</v>
+      </c>
+      <c r="H2" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>347</v>
+      </c>
+      <c r="B3" t="s">
+        <v>353</v>
+      </c>
+      <c r="C3" t="s">
+        <v>354</v>
+      </c>
+      <c r="D3" t="s">
+        <v>355</v>
+      </c>
+      <c r="E3" t="s">
+        <v>356</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>357</v>
+      </c>
+      <c r="H3" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>347</v>
+      </c>
+      <c r="B4" t="s">
+        <v>359</v>
+      </c>
+      <c r="C4" t="s">
+        <v>360</v>
+      </c>
+      <c r="D4" t="s">
+        <v>361</v>
+      </c>
+      <c r="E4" t="s">
+        <v>362</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>363</v>
+      </c>
+      <c r="H4" t="s">
+        <v>364</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>365</v>
+      </c>
+      <c r="B2" t="s">
+        <v>366</v>
+      </c>
+      <c r="C2" t="s">
+        <v>367</v>
+      </c>
+      <c r="D2" t="s">
+        <v>368</v>
+      </c>
+      <c r="E2" t="s">
+        <v>369</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>370</v>
+      </c>
+      <c r="H2" t="s">
+        <v>371</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>372</v>
+      </c>
+      <c r="B2" t="s">
+        <v>373</v>
+      </c>
+      <c r="C2" t="s">
+        <v>374</v>
+      </c>
+      <c r="D2" t="s">
+        <v>375</v>
+      </c>
+      <c r="E2" t="s">
+        <v>376</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>377</v>
+      </c>
+      <c r="H2" t="s">
+        <v>378</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>379</v>
+      </c>
+      <c r="J1" t="s">
+        <v>380</v>
+      </c>
+      <c r="K1" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>382</v>
+      </c>
+      <c r="B2" t="s">
+        <v>383</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>384</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>385</v>
+      </c>
+      <c r="H2" t="s">
+        <v>386</v>
+      </c>
+      <c r="I2" t="s">
+        <v>387</v>
+      </c>
+      <c r="J2" t="s">
+        <v>388</v>
+      </c>
+      <c r="K2" t="s">
+        <v>389</v>
+      </c>
+      <c r="L2" t="s">
+        <v>390</v>
+      </c>
+      <c r="M2" t="s">
+        <v>391</v>
+      </c>
+      <c r="N2" t="s">
+        <v>392</v>
+      </c>
+      <c r="O2" t="s">
+        <v>393</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>394</v>
+      </c>
+      <c r="B2" t="s">
+        <v>395</v>
+      </c>
+      <c r="C2" t="s">
+        <v>396</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>397</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>398</v>
+      </c>
+      <c r="H2" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>394</v>
+      </c>
+      <c r="B3" t="s">
+        <v>400</v>
+      </c>
+      <c r="C3" t="s">
+        <v>401</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>402</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>403</v>
+      </c>
+      <c r="H3" t="s">
+        <v>404</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>