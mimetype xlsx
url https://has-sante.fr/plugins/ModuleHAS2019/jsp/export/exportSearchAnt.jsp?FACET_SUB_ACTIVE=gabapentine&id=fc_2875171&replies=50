--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -30,101 +30,116 @@
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
     <sheet name="Export Études et Rapports" r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
     <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="650" uniqueCount="405">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="658" uniqueCount="410">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
   </si>
   <si>
     <t>La HAS recommande la vaccination contre le zona avec le vaccin Shingrix des personnes de 18 ans et plus dont le système immunitaire est défaillant, ainsi que de toutes les personnes âgées de 65 ans et plus.</t>
   </si>
   <si>
     <t>29/02/2024 00:00:00</t>
   </si>
   <si>
     <t>07/03/2024 14:30:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
   </si>
   <si>
     <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
   </si>
   <si>
     <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
   </si>
   <si>
     <t>26/06/2025 00:00:00</t>
   </si>
   <si>
     <t>16/07/2025 10:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
   </si>
   <si>
     <t>p_3634754</t>
   </si>
   <si>
     <t>Schwannomatoses non-NF2</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWN. Il a été élaboré par le Centre constitutif labellisé des schwannomatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
@@ -1361,120 +1376,120 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H47"/>
+  <dimension ref="A1:H48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>19</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>20</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
         <v>23</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>26</v>
       </c>
       <c r="H3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>28</v>
       </c>
       <c r="C4" t="s">
         <v>29</v>
       </c>
       <c r="D4" t="s">
@@ -1534,77 +1549,77 @@
       </c>
       <c r="E6" t="s">
         <v>40</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>41</v>
       </c>
       <c r="H6" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>43</v>
       </c>
       <c r="C7" t="s">
         <v>44</v>
       </c>
       <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
         <v>45</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>46</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" t="s">
         <v>49</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>51</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>52</v>
       </c>
       <c r="H8" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
         <v>54</v>
       </c>
       <c r="C9" t="s">
         <v>55</v>
       </c>
       <c r="D9" t="s">
@@ -1664,77 +1679,77 @@
       </c>
       <c r="E11" t="s">
         <v>66</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>67</v>
       </c>
       <c r="H11" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
         <v>69</v>
       </c>
       <c r="C12" t="s">
         <v>70</v>
       </c>
       <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
         <v>71</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>72</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
         <v>75</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E13" t="s">
         <v>77</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>78</v>
       </c>
       <c r="H13" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
         <v>80</v>
       </c>
       <c r="C14" t="s">
         <v>81</v>
       </c>
       <c r="D14" t="s">
@@ -1745,103 +1760,103 @@
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>83</v>
       </c>
       <c r="H14" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" t="s">
         <v>85</v>
       </c>
       <c r="C15" t="s">
         <v>86</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C16" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H16" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C17" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>96</v>
       </c>
       <c r="H17" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18" t="s">
         <v>98</v>
       </c>
       <c r="C18" t="s">
         <v>99</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
@@ -1927,207 +1942,207 @@
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>116</v>
       </c>
       <c r="H21" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>16</v>
       </c>
       <c r="B22" t="s">
         <v>118</v>
       </c>
       <c r="C22" t="s">
         <v>119</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="H22" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>16</v>
       </c>
       <c r="B23" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C23" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H23" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>16</v>
       </c>
       <c r="B24" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C24" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="H24" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>16</v>
       </c>
       <c r="B25" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C25" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="H25" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>16</v>
       </c>
       <c r="B26" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C26" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>136</v>
+        <v>120</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>137</v>
       </c>
       <c r="H26" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>16</v>
       </c>
       <c r="B27" t="s">
         <v>139</v>
       </c>
       <c r="C27" t="s">
         <v>140</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="H27" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>16</v>
       </c>
       <c r="B28" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C28" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
         <v>146</v>
       </c>
       <c r="H28" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>16</v>
       </c>
       <c r="B29" t="s">
         <v>148</v>
       </c>
       <c r="C29" t="s">
         <v>149</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
@@ -2337,1215 +2352,1241 @@
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
         <v>190</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
         <v>191</v>
       </c>
       <c r="H37" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>16</v>
       </c>
       <c r="B38" t="s">
         <v>193</v>
       </c>
       <c r="C38" t="s">
-        <v>70</v>
+        <v>194</v>
       </c>
       <c r="D38" t="s">
-        <v>194</v>
+        <v>13</v>
       </c>
       <c r="E38" t="s">
         <v>195</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
         <v>196</v>
       </c>
       <c r="H38" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>16</v>
       </c>
       <c r="B39" t="s">
         <v>198</v>
       </c>
       <c r="C39" t="s">
+        <v>75</v>
+      </c>
+      <c r="D39" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E39" t="s">
         <v>200</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>201</v>
       </c>
       <c r="H39" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>16</v>
       </c>
       <c r="B40" t="s">
         <v>203</v>
       </c>
       <c r="C40" t="s">
-        <v>70</v>
+        <v>204</v>
       </c>
       <c r="D40" t="s">
-        <v>204</v>
+        <v>13</v>
       </c>
       <c r="E40" t="s">
         <v>205</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
         <v>206</v>
       </c>
       <c r="H40" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>16</v>
       </c>
       <c r="B41" t="s">
         <v>208</v>
       </c>
       <c r="C41" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="D41" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E41" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H41" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>16</v>
       </c>
       <c r="B42" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C42" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="D42" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="E42" t="s">
         <v>214</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
         <v>215</v>
       </c>
       <c r="H42" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>16</v>
       </c>
       <c r="B43" t="s">
         <v>217</v>
       </c>
       <c r="C43" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="D43" t="s">
         <v>218</v>
       </c>
       <c r="E43" t="s">
         <v>219</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
         <v>220</v>
       </c>
       <c r="H43" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>16</v>
       </c>
       <c r="B44" t="s">
         <v>222</v>
       </c>
       <c r="C44" t="s">
+        <v>75</v>
+      </c>
+      <c r="D44" t="s">
         <v>223</v>
       </c>
-      <c r="D44" t="s">
+      <c r="E44" t="s">
         <v>224</v>
       </c>
-      <c r="E44" t="s">
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
         <v>225</v>
       </c>
-      <c r="F44" t="s">
-[...2 lines deleted...]
-      <c r="G44" t="s">
+      <c r="H44" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>16</v>
       </c>
       <c r="B45" t="s">
+        <v>227</v>
+      </c>
+      <c r="C45" t="s">
         <v>228</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="E45" t="s">
         <v>230</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
         <v>231</v>
       </c>
       <c r="H45" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>16</v>
       </c>
       <c r="B46" t="s">
         <v>233</v>
       </c>
       <c r="C46" t="s">
         <v>234</v>
       </c>
       <c r="D46" t="s">
+        <v>229</v>
+      </c>
+      <c r="E46" t="s">
         <v>235</v>
       </c>
-      <c r="E46" t="s">
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
         <v>236</v>
       </c>
-      <c r="F46" t="s">
-[...2 lines deleted...]
-      <c r="G46" t="s">
+      <c r="H46" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>16</v>
       </c>
       <c r="B47" t="s">
+        <v>238</v>
+      </c>
+      <c r="C47" t="s">
         <v>239</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
         <v>240</v>
       </c>
-      <c r="D47" t="s">
+      <c r="E47" t="s">
         <v>241</v>
       </c>
-      <c r="E47" t="s">
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
         <v>242</v>
       </c>
-      <c r="F47" t="s">
-[...2 lines deleted...]
-      <c r="G47" t="s">
+      <c r="H47" t="s">
         <v>243</v>
       </c>
-      <c r="H47" t="s">
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>16</v>
+      </c>
+      <c r="B48" t="s">
         <v>244</v>
+      </c>
+      <c r="C48" t="s">
+        <v>245</v>
+      </c>
+      <c r="D48" t="s">
+        <v>246</v>
+      </c>
+      <c r="E48" t="s">
+        <v>247</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>248</v>
+      </c>
+      <c r="H48" t="s">
+        <v>249</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B2" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="C2" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="D2" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="E2" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="H2" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B3" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="C3" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="D3" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="E3" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="H3" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B4" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="C4" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="D4" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="E4" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="H4" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B5" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="C5" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="D5" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="E5" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="H5" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B6" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="C6" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="D6" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="E6" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="H6" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B7" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="C7" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="D7" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="E7" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="H7" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B8" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="C8" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="D8" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="E8" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="H8" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B9" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="C9" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="D9" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="E9" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="H9" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B10" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="C10" t="s">
+        <v>300</v>
+      </c>
+      <c r="D10" t="s">
         <v>295</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="H10" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B11" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C11" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="D11" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="E11" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="H11" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B12" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="C12" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="D12" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="E12" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="H12" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B13" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="C13" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="D13" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="E13" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="H13" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B14" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="C14" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="D14" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="E14" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="H14" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B15" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="C15" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="D15" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="E15" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="H15" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B16" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="C16" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="D16" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="E16" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="H16" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B17" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="C17" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="D17" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="E17" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="H17" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B18" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="C18" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="D18" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="E18" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="H18" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="B2" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C2" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="H2" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="B3" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="C3" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="D3" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="E3" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="H3" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="B4" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="C4" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="D4" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="E4" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="H4" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="B2" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="C2" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="D2" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="E2" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="H2" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="B2" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="C2" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="D2" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="E2" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="H2" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="J1" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="K1" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="B2" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="H2" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="I2" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="J2" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="K2" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="L2" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="M2" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="N2" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="O2" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="B2" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="C2" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="H2" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="B3" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C3" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="H3" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>