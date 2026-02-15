--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,1360 +1,256 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="658" uniqueCount="410">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="49">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>07/03/2024 14:30:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2025 14:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
+    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+  </si>
+  <si>
+    <t>p_3634512</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Shingles vaccination recommendations and the role of the Shingrix vaccine</t>
+  </si>
+  <si>
+    <t>Herpes Zoster is a virus exclusive to humans and is the cause of two clinical manifestations: chicken-pox and shingles. Shingles is a common viral skin infection, caused by the reactivation of the varicella zoster virus (VZV), principally affecting adults. Complications, such as bacterial superinfections, neuro-logical signs, meningitis, encephalitis, and particularly post-herpetic neuralgia (PHN), affect individuals aged 50 years and older. In 2013, the French High Council for Public Health (HCSP) recommended the administration of the Zostavax vaccine in France to adults from 65 to 74 years inclusive, according to a single-dose sched-ule for the prevention of shingles and post-herpetic neuralgia (PHN). In response to a referral by the French Ministry of Health (DGS) and with a view to making the Shingrix vaccine available in France, the French National Authority for Health (HAS) reviewed the data in respect of this vaccine to evaluate its place in the current shingles vaccination strategy.</t>
+  </si>
+  <si>
+    <t>02/29/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...956 lines deleted...]
-    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : 1. Comment fait-on le diagnostic de sclérose latérale amyotrophique (SLA) ? 2. Comment dit-on le diagnostic de SLA ? 3. Comment évalue-t-on l’évolution de la SLA et quels outils utiliser ? 4. Quelles thérapies et quel suivi pour le patient atteint de SLA et son entourage ? 5. Quelle est la place de la suppléance des fonctions vitales chez le patient atteint de SLA ?</t>
+    <t>Care of patients with amyotrophic lateral sclerosis (ALS) (23-24 November 2004)</t>
+  </si>
+  <si>
+    <t>Questions put to the jury: 1. How to diagnose ALS? 2. How to break the news of ALS? 3. How to assess the course of ALS and what instruments to use? 4. What therapies and follow-up are available for patients with ALS and their families? 5. What is the role of life support in patients with ALS?</t>
   </si>
   <si>
     <t>02/02/2006 00:00:00</t>
   </si>
   <si>
     <t>02/02/2006 15:30:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_409014/fr/prise-en-charge-des-personnes-atteintes-de-sclerose-laterale-amyotrophique</t>
+    <t>https://www.has-sante.fr/jcms/c_409014/en/care-of-patients-with-amyotrophic-lateral-sclerosis-als-23-24-november-2004</t>
   </si>
   <si>
     <t>c_409014</t>
   </si>
   <si>
-    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
-[...53 lines deleted...]
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>26/06/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Évaluation des complications de la cryolipolyse à visée esthétique - Rapport d'évaluation technologique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2865012/fr/evaluation-des-complications-de-la-cryolipolyse-a-visee-esthetique-rapport-d-evaluation-technologique</t>
+    <t>Assessment of the complications of cryolipolysis  for aesthetic purpose - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to appraise the side effects of cryolipolysis, an aesthetic non-invasive fat reduction procedure carried out by a controlled cooling system to reduce localised subcutaneous adipose tissue (in abdomen, tights, flanks , back, upper arms, submental area, chest fat in men). This assessment is conducted in order to respond to the Health Ministry‘s request about the potential danger of this technique (article L.1151-3 of the Health National Law)</t>
+  </si>
+  <si>
+    <t>07/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>07/19/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865012/en/assessment-of-the-complications-of-cryolipolysis-for-aesthetic-purpose-inahta-brief</t>
   </si>
   <si>
     <t>c_2865012</t>
-  </si>
-[...118 lines deleted...]
-    <t>c_2906066</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1368,2225 +264,173 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-  </sheetData>
-[...64 lines deleted...]
-    </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
         <v>22</v>
-      </c>
-[...16 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>28</v>
       </c>
-      <c r="C4" t="s">
+      <c r="H4" t="s">
         <v>29</v>
-      </c>
-[...13 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
         <v>33</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>34</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>35</v>
-      </c>
-[...7 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="B6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" t="s">
         <v>38</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>40</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>41</v>
       </c>
       <c r="H6" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="B7" t="s">
         <v>43</v>
       </c>
       <c r="C7" t="s">
         <v>44</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="E7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H7" t="s">
-        <v>47</v>
-[...6 lines deleted...]
-      <c r="B8" t="s">
         <v>48</v>
-      </c>
-[...1976 lines deleted...]
-        <v>409</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>