--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,221 +1,359 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="141" uniqueCount="82">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/22/2021 11:48:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983118/en/gadovist-gadobutrol</t>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 octobre 2025</t>
+  </si>
+  <si>
+    <t>15/10/2025 14:15:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700259/fr/commission-de-la-transparence-reunion-du-22-octobre-2025</t>
+  </si>
+  <si>
+    <t>p_3700259</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CEDiag du 17 septembre 2024</t>
+  </si>
+  <si>
+    <t>04/11/2024 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3553481/fr/cediag-du-17-septembre-2024</t>
+  </si>
+  <si>
+    <t>p_3553481</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 mars 2024</t>
+  </si>
+  <si>
+    <t>06/03/2024 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499613/fr/commission-de-la-transparence-reunion-du-13-mars-2024</t>
+  </si>
+  <si>
+    <t>p_3499613</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 juillet 2018</t>
+  </si>
+  <si>
+    <t>18/07/2018 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2864771/fr/commission-de-la-transparence-reunion-du-25-juillet-2018</t>
+  </si>
+  <si>
+    <t>c_2864771</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>GADOVIST (gadobutrol)</t>
+  </si>
+  <si>
+    <t>06/11/2025 09:30:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983118/fr/gadovist-gadobutrol</t>
   </si>
   <si>
     <t>pprd_2983118</t>
   </si>
   <si>
     <t>gadobutrol</t>
   </si>
   <si>
     <t>BAYER HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_474325/en/gadovist-gadobutrol</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3704143/en/gadovist-gadobutrol-produit-de-contraste-en-irm</t>
+    <t>https://www.has-sante.fr/jcms/c_474325/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_539510/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642516/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024753/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298556/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717941/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038857/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656319/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869901/fr/gadovist-gadobutrol-produit-de-contraste-paramagnetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869907/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500935/fr/gadovist-gadobutrol-produit-de-contraste-en-irm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704143/fr/gadovist-gadobutrol-produit-de-contraste-en-irm</t>
+  </si>
+  <si>
+    <t>GADOVISTAUTO (gadobutrol)</t>
+  </si>
+  <si>
+    <t>12/03/2020 15:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098150/fr/gadovistauto-gadobutrol</t>
+  </si>
+  <si>
+    <t>p_3098150</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098008/fr/gadovistauto-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3160913/fr/gadovistauto-gadobutrol</t>
+  </si>
+  <si>
+    <t>GADOVISTMANUEL (gadobutrol)</t>
+  </si>
+  <si>
+    <t>06/08/2019 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083647/fr/gadovistmanuel-gadobutrol</t>
+  </si>
+  <si>
+    <t>p_3083647</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080461/fr/gadovistmanuel-gadobutrol</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -242,152 +380,476 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:V2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
         <v>19</v>
       </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>30</v>
+      </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>35</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>36</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4" t="s">
+        <v>43</v>
+      </c>
+      <c r="I4" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H5" t="s">
+        <v>47</v>
+      </c>
+      <c r="I5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:V4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J1" t="s">
+        <v>49</v>
+      </c>
+      <c r="K1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H2" t="s">
+        <v>55</v>
+      </c>
+      <c r="I2" t="s">
+        <v>56</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>60</v>
       </c>
       <c r="N2" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="O2" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>63</v>
       </c>
       <c r="Q2" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
       <c r="R2" t="s">
-        <v>33</v>
+        <v>65</v>
       </c>
       <c r="S2" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="T2" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="U2" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="V2" t="s">
-        <v>37</v>
+        <v>69</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>71</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>72</v>
+      </c>
+      <c r="H3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I3" t="s">
+        <v>56</v>
+      </c>
+      <c r="J3" t="s">
+        <v>74</v>
+      </c>
+      <c r="K3" t="s">
+        <v>75</v>
+      </c>
+      <c r="L3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>79</v>
+      </c>
+      <c r="H4" t="s">
+        <v>80</v>
+      </c>
+      <c r="I4" t="s">
+        <v>56</v>
+      </c>
+      <c r="J4" t="s">
+        <v>74</v>
+      </c>
+      <c r="K4" t="s">
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>