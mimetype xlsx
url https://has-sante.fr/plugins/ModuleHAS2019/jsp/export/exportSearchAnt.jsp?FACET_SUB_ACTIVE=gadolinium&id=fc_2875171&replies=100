--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,1525 +1,286 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="793" uniqueCount="465">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="59">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>10/04/2015 17:04:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Stroke: early management (warning signs, pre-hospital phase, initial hospital phase, indications for intravenous thrombolysis and mechanical thrombectomy)</t>
+  </si>
+  <si>
+    <t>Identify relevant information for the general public in order to improve recognition of warning signs and increase awareness of the need for urgent treatment ; Optimise the initial prehospital and hospital care pathway of patients with suspected stroke and improve management for the largest possible number of stroke patients ; Reduce the frequency and severity of the functional disorders associated with stroke through early multiprofessional management, implemented as quickly as possible in a stroke unit (SU), or failing this, in a hospital with an organised care pathway for patients with suspected stroke, in coordination with a SU ; Improve the practices of the SAMU-Centre 15 dispatching physician, emergency physicians and all professionals involved in the early management of stroke (including TIAs).</t>
+  </si>
+  <si>
+    <t>10/23/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/28/2025 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2024559/fr/depistage-et-prevention-du-cancer-du-sein</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_830203/fr/accident-vasculaire-cerebral-prise-en-charge-precoce-alerte-phase-prehospitaliere-phase-hospitaliere-initiale-indications-de-la-thrombolyse-intraveineuse-et-de-la-thrombectomie-mecanique</t>
+    <t>https://www.has-sante.fr/jcms/c_830203/en/stroke-early-management-warning-signs-pre-hospital-phase-initial-hospital-phase-indications-for-intravenous-thrombolysis-and-mechanical-thrombectomy</t>
   </si>
   <si>
     <t>c_830203</t>
   </si>
   <si>
-    <t>Actualisation de la place des différents examens d’imagerie pour le diagnostic d’endométriose</t>
-[...83 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2819733/fr/prise-en-charge-de-l-endometriose</t>
+    <t>Management of endometriosis</t>
+  </si>
+  <si>
+    <t>This clinical practice guidelines was developed by the French National Authority for Health (HAS) and the French College of Gynaecologists and Obstetricians (CNGOF) to update the 2006 CNGOF guideline on the management of endometriosis. The purpose of this guide is to help hospital and community based healthcare professionals offer patients the best possible information and management. This guideline deals with the diagnosis and management of peritoneal, ovarian and deep endometriosis. The management of adenomyosis is not addressed.</t>
+  </si>
+  <si>
+    <t>12/13/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/17/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819733/en/management-of-endometriosis</t>
   </si>
   <si>
     <t>c_2819733</t>
   </si>
   <si>
-    <t>Suivi post-professionnel après exposition à l'amiante</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272368/fr/prise-en-charge-diagnostique-et-traitement-immediat-de-l-accident-ischemique-transitoire-de-l-adulte</t>
+    <t>Diagnosis and immediate management of transient ischaemic attacks (TIAs) in adults</t>
+  </si>
+  <si>
+    <t>These recommendations are aimed at : - Update the definition of TIA - Specify clinical symptoms for a diagnosis - Addresse TIA prognosis - Describe tests for positive and aetiological diagnosis - Describe immediate treatment</t>
+  </si>
+  <si>
+    <t>05/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/03/2004 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272368/en/diagnosis-and-immediate-management-of-transient-ischaemic-attacks-tias-in-adults</t>
   </si>
   <si>
     <t>c_272368</t>
   </si>
   <si>
-    <t>La sclérose en plaques</t>
-[...743 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3445536/fr/evaluation-des-ultrasons-focalises-de-haute-intensite-pour-le-traitement-des-fibromes-uterins-symptomatiques-rapport-d-evaluation</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Evaluation of high-intensity focused ultrasound (HIFU) for the treatment of symptomatic uterine fibroids Brief INAHTA</t>
+  </si>
+  <si>
+    <t>The aim of the evaluation was to assess the appropriateness of French health insurance reimbursement of USgHIFU and MRgHIFU for the treatment of symptomatic uterine fibroids.</t>
+  </si>
+  <si>
+    <t>07/18/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445536/en/evaluation-of-high-intensity-focused-ultrasound-hifu-for-the-treatment-of-symptomatic-uterine-fibroids-brief-inahta</t>
   </si>
   <si>
     <t>p_3445536</t>
   </si>
   <si>
-    <t>Évaluation du test salivaire Endotest® dans les situations complexes de diagnostic d’endométriose</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3486036/fr/evaluation-du-test-salivaire-endotest-dans-les-situations-complexes-de-diagnostic-d-endometriose</t>
+    <t>Assessment of the Endotest® saliva test in complex endometriosis diagnosis situations</t>
+  </si>
+  <si>
+    <t>Aim To assess the self-referral by the HAS in July 2023 relating to the clinical utility of the Endotest® saliva test for complex endometriosis diagnosis situations. The objective is to inform the HAS Board’s decision with a view to determining whether reimbursement of the test by the French national health insurance system is valid in a relevant indication. At the time of the assessment, this 109-miRNA saliva signature test using a sophisticated next-generation sequencing method is in the validation phase and is the only test currently with CE marking in endometriosis.</t>
+  </si>
+  <si>
+    <t>12/21/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2024 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486036/en/assessment-of-the-endotest-saliva-test-in-complex-endometriosis-diagnosis-situations</t>
   </si>
   <si>
     <t>p_3486036</t>
   </si>
   <si>
-    <t>Biopsies ciblées dans le diagnostic du cancer de la prostate – Rapport d'évaluation</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
+    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
+  </si>
+  <si>
+    <t>11/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Médicaments utilisés dans les formes très actives de sclérose en plaques récurrente</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2725332/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-coronaropathies-chroniques-stables</t>
+    <t>Evaluation of non-invasive cardiac imaging in diagnosis of chronic coronary artery disease - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment originates from three different requests: from the Ministry of Health, the National Health Insurance and professional cardiology and radiology organisations. The objective is to define the place of non-invasive cardiac imaging tests in the diagnostic management of stable coronary artery disease in patients with an intermediate risk (or pretest probability). The objective being to reserve coronary angiography, an invasive test, for patients for whom it is essential (in light of a possible coronary revascularisation). The non-invasive imaging tests involved in this report are: exercise or pharmacological stress echocardiography, coronary CT scan, pharmacological stress MRI, exercise or pharmacological stress myocardial tomography (SPECT), and positron emission tomography (PET) with 18FDG. It should be noted that a first part addressing non-invasive cardiac imaging in non-ST-segment elevation acute coronary syndrome (ACS) at low cardiovascular risk was published by HAS in March 2015</t>
+  </si>
+  <si>
+    <t>11/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2016 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725332/en/evaluation-of-non-invasive-cardiac-imaging-in-diagnosis-of-chronic-coronary-artery-disease-inahta-brief</t>
   </si>
   <si>
     <t>c_2725332</t>
   </si>
   <si>
-    <t>Alternative(s) à la scintigraphie de perfusion en cas de suspicion d’embolie pulmonaire non massive chez la femme enceinte dans l’hypothèse d’une pénurie complète en technétium-99m</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2620035/fr/alternative-s-a-la-scintigraphie-de-perfusion-en-cas-de-suspicion-d-embolie-pulmonaire-non-massive-chez-la-femme-enceinte-dans-l-hypothese-d-une-penurie-complete-en-technetium-99m</t>
+    <t>Alternative(s) to perfusion scintigraphy in case of suspected non-massive pulmonary embolism in pregnant women in the event of a complete shortage of technetium-99m - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Due to several periods of worldwide supply shortage of technetium-99m (Tc-99m), a radioactive element needed to perform lung perfusion scintigraphy in case of suspected non-massive pulmonary embolism (PE), the Ministry of Health (DGS) asked HAS to determine if, in the event of complete shortage of this isotope, one (or more) test(s) could replace it without risk to the pregnant woman. Currently, Tc-99m lung perfusion scintigraphy is the medical imaging test of choice in pregnant women initially without signs of shock or hypotension (especially if the triage chest x-ray is normal) when this test is readily accessible for the clinician. Offering good diagnostic performances, lung perfusion scintigraphy is not very radiating for the mother and foetus. The objective of this assessment was not to question the current standard strategy in this situation or to establish good practice guidelines</t>
+  </si>
+  <si>
+    <t>02/17/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/08/2016 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620035/en/alternative-s-to-perfusion-scintigraphy-in-case-of-suspected-non-massive-pulmonary-embolism-in-pregnant-women-in-the-event-of-a-complete-shortage-of-technetium-99m-inahta-brief</t>
   </si>
   <si>
     <t>c_2620035</t>
-  </si>
-[...307 lines deleted...]
-    <t>c_1733792</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1533,2662 +294,225 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-  </sheetData>
-[...64 lines deleted...]
-    </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="H6" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="B7" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="C7" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="E7" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="H7" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="B8" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="C8" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="D8" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="E8" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="H8" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="B9" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="C9" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="D9" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="E9" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="H9" t="s">
-        <v>64</v>
-[...2370 lines deleted...]
-        <v>464</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>