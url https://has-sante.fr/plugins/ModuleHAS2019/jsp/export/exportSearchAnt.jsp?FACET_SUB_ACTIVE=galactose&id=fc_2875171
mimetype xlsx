--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -1,424 +1,1485 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="156">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...2 lines deleted...]
-    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>NEOCATE SYNEO</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/27/2009 12:02:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+    <t>20/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2022 14:27:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315315/fr/neocate-syneo</t>
+  </si>
+  <si>
+    <t>p_3315315</t>
+  </si>
+  <si>
+    <t>Denrées Alimentaires Destinées à des Fins  Médicales Spéciales pour nutrition orale</t>
+  </si>
+  <si>
+    <t>NUTRICIA NUTRITION CLINIQUE SAS</t>
+  </si>
+  <si>
+    <t>NEOCATE</t>
+  </si>
+  <si>
+    <t>05/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>25/11/2019 09:59:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118700/fr/neocate</t>
+  </si>
+  <si>
+    <t>p_3118700</t>
+  </si>
+  <si>
+    <t>denrée alimentaire destinée à des fins médicales spéciales</t>
+  </si>
+  <si>
+    <t>ADDFMS pour nutrition orale</t>
+  </si>
+  <si>
+    <t>02/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2014 15:35:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1794091/fr/neocate</t>
+  </si>
+  <si>
+    <t>c_1794091</t>
+  </si>
+  <si>
+    <t>NUTRICIA NUTRITION CLINIQUE</t>
+  </si>
+  <si>
+    <t>16/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2008 11:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_731480/fr/neocate</t>
+  </si>
+  <si>
+    <t>c_731480</t>
+  </si>
+  <si>
+    <t>SHS International France</t>
+  </si>
+  <si>
+    <t>NEOCATE ADVANCE</t>
+  </si>
+  <si>
+    <t>16/12/2008 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_731492/fr/neocate-advance</t>
+  </si>
+  <si>
+    <t>c_731492</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage du déficit en biotinidase et de la galactosémie : Évaluation a priori de l’opportunité d’un dépistage à la naissance en population générale en France</t>
+  </si>
+  <si>
+    <t>Le déficit en biotinidase et la galactosémie sont deux maladies liées à un déficit enzymatique, pouvant entrainer des symptômes cliniques graves pour le nourrisson en l’absence de traitement. À l’issue de son évaluation, la Haute Autorité de santé recommande aux pouvoirs publics d’intégrer le déficit en biotinidase et la galactosémie dans le programme national de dépistage néonatal, et développe les modalités de mise en œuvre.</t>
+  </si>
+  <si>
+    <t>25/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2025 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586427/fr/depistage-du-deficit-en-biotinidase-et-de-la-galactosemie-evaluation-a-priori-de-l-opportunite-d-un-depistage-a-la-naissance-en-population-generale-en-france</t>
+  </si>
+  <si>
+    <t>p_3586427</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Déficit congénital en sucrase-isomaltase (DCSI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de DCSI. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/04/2025 08:53:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601501/fr/deficit-congenital-en-sucrase-isomaltase-dcsi</t>
+  </si>
+  <si>
+    <t>p_3601501</t>
+  </si>
+  <si>
+    <t>Mucopolysaccharidoses (MPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 08:28:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659924/fr/mucopolysaccharidoses-mps</t>
+  </si>
+  <si>
+    <t>c_2659924</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Fistules porto-systémiques congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fistule porto-systémique congénitale (FPC). Il a été élaboré par le Centre de référence coordonnateur et constitutif des maladies vasculaires du foie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390326/fr/fistules-porto-systemiques-congenitales</t>
+  </si>
+  <si>
+    <t>p_3390326</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Cholangite Biliaire Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite biliaire primitive (CBP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300344/fr/cholangite-biliaire-primitive</t>
+  </si>
+  <si>
+    <t>p_3300344</t>
+  </si>
+  <si>
+    <t>Malformations ano-rectales isolées - Diagnostic et prise en charge de la naissance à l’âge de 6 ans</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Malformations ano-rectales isolées. Il a été élaboré par le Centre de référence des malformations ano-rectales et pelviennes rares MAREP à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301054/fr/malformations-ano-rectales-isolees-diagnostic-et-prise-en-charge-de-la-naissance-a-l-age-de-6-ans</t>
+  </si>
+  <si>
+    <t>p_3301054</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Insuffisance Ovarienne Prématurée (IOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/05/2021 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
+  </si>
+  <si>
+    <t>p_3264990</t>
+  </si>
+  <si>
+    <t>Hyperinsulinisme congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Hyperinsulinisme congénital. Il a été élaboré par les Filières de Santé Maladies Rares G2M et Firendo à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/10/2020 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198985/fr/hyperinsulinisme-congenital</t>
+  </si>
+  <si>
+    <t>p_3198985</t>
+  </si>
+  <si>
+    <t>Déficits de synthèse des acides biliaires primaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de déficits de synthèse des acides biliaires primaires.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121124/fr/deficits-de-synthese-des-acides-biliaires-primaires</t>
+  </si>
+  <si>
+    <t>p_3121124</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge des consommateurs de cocaïne</t>
+  </si>
+  <si>
+    <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
+  </si>
+  <si>
+    <t>03/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
+  </si>
+  <si>
+    <t>c_951095</t>
+  </si>
+  <si>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Diagnosis of uncomplicated cirrhosis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_476486/en/diagnosis-of-uncomplicated-cirrhosis</t>
+    <t>Critères diagnostiques et bilan initial de la cirrhose non compliquée</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif d'améliorer le diagnostic de la cirrhose non compliquée, afin d’en traiter la cause et les éventuelles comorbidités, et de prévenir ses complications.</t>
+  </si>
+  <si>
+    <t>19/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_476486/fr/criteres-diagnostiques-et-bilan-initial-de-la-cirrhose-non-compliquee</t>
   </si>
   <si>
     <t>c_476486</t>
   </si>
   <si>
-    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2749002/en/assessment-of-oocyte/embryo-vitrification-and-warming-procedures-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de vitrification et réchauffement ovocytaire - vitrification et réchauffement embryonnaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les actes de vitrification ovocytaire et embryonnaire comparés notamment à la technique de congélation lente, afin de statuer sur la pertinence de leur inscription dans la Nomenclature des actes de biologie médicale (NABM)</t>
+  </si>
+  <si>
+    <t>19/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>26/07/2017 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749002/fr/evaluation-des-actes-de-vitrification-et-rechauffement-ovocytaire-vitrification-et-rechauffement-embryonnaire</t>
   </si>
   <si>
     <t>c_2749002</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues aux champignons filamenteux du genre Aspergillus, la HAS a évalué les techniques directes de recherche d’antigènes solubles spécifiques dans le sang (et les autres liquides biologiques) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques.</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Assessment of non-invasive methods for measuring liver fibrosis in chronic hepatitis B. Initial assessment and follow-up of non-treated adult patients - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1627010/en/assessment-of-non-invasive-methods-for-measuring-liver-fibrosis-in-chronic-hepatitis-b-initial-assessment-and-follow-up-of-non-treated-adult-patients-inahta-brief</t>
+    <t>Évaluation des méthodes non invasives de mesure de la fibrose hépatique dans l’hépatite B chronique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ce rapport d'évaluation est de déterminer l’utilité clinique des méthodes non invasives de mesure de la fibrose dans le cadre du bilan initial et du suivi de l’hépatite B chronique chez l’adulte non traité. En l’absence d’une démonstration suffisante de cette utilité clinique, les performances diagnostiques de ces méthodes non invasives seront recherchées, par comparaison à la ponction biopsie hépatique.</t>
+  </si>
+  <si>
+    <t>19/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/06/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1627010/fr/evaluation-des-methodes-non-invasives-de-mesure-de-la-fibrose-hepatique-dans-l-hepatite-b-chronique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1627010</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:J6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>13</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
         <v>25</v>
+      </c>
+      <c r="J4" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>34</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="D6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+      <c r="I6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" t="s">
         <v>35</v>
       </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B2" t="s">
+        <v>48</v>
+      </c>
+      <c r="C2" t="s">
+        <v>49</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H2" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>56</v>
+      </c>
+      <c r="H3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>47</v>
+      </c>
+      <c r="B4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C4" t="s">
+        <v>59</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>60</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>61</v>
+      </c>
+      <c r="H4" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>63</v>
+      </c>
+      <c r="C5" t="s">
+        <v>64</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>65</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>66</v>
+      </c>
+      <c r="H5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>68</v>
+      </c>
+      <c r="C6" t="s">
+        <v>69</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
       <c r="E6" t="s">
-        <v>36</v>
+        <v>70</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="H6" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>73</v>
       </c>
       <c r="C7" t="s">
-        <v>40</v>
+        <v>74</v>
       </c>
       <c r="D7" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="F7" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>43</v>
+        <v>76</v>
       </c>
       <c r="H7" t="s">
-        <v>44</v>
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>47</v>
+      </c>
+      <c r="B8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>80</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>81</v>
+      </c>
+      <c r="H8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>84</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>85</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>86</v>
+      </c>
+      <c r="H9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>89</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>90</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>91</v>
+      </c>
+      <c r="H10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>94</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>95</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>96</v>
+      </c>
+      <c r="H11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>47</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>99</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>100</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>101</v>
+      </c>
+      <c r="H12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>47</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>104</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>105</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>106</v>
+      </c>
+      <c r="H13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>108</v>
+      </c>
+      <c r="B2" t="s">
+        <v>109</v>
+      </c>
+      <c r="C2" t="s">
+        <v>110</v>
+      </c>
+      <c r="D2" t="s">
+        <v>111</v>
+      </c>
+      <c r="E2" t="s">
+        <v>112</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>113</v>
+      </c>
+      <c r="H2" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B3" t="s">
+        <v>115</v>
+      </c>
+      <c r="C3" t="s">
+        <v>116</v>
+      </c>
+      <c r="D3" t="s">
+        <v>117</v>
+      </c>
+      <c r="E3" t="s">
+        <v>118</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>119</v>
+      </c>
+      <c r="H3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>108</v>
+      </c>
+      <c r="B4" t="s">
+        <v>121</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>122</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>123</v>
+      </c>
+      <c r="H4" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B5" t="s">
+        <v>125</v>
+      </c>
+      <c r="C5" t="s">
+        <v>126</v>
+      </c>
+      <c r="D5" t="s">
+        <v>127</v>
+      </c>
+      <c r="E5" t="s">
+        <v>128</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>129</v>
+      </c>
+      <c r="H5" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>108</v>
+      </c>
+      <c r="B6" t="s">
+        <v>131</v>
+      </c>
+      <c r="C6" t="s">
+        <v>132</v>
+      </c>
+      <c r="D6" t="s">
+        <v>133</v>
+      </c>
+      <c r="E6" t="s">
+        <v>134</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>135</v>
+      </c>
+      <c r="H6" t="s">
+        <v>136</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>137</v>
+      </c>
+      <c r="B2" t="s">
+        <v>138</v>
+      </c>
+      <c r="C2" t="s">
+        <v>139</v>
+      </c>
+      <c r="D2" t="s">
+        <v>140</v>
+      </c>
+      <c r="E2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>142</v>
+      </c>
+      <c r="H2" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B3" t="s">
+        <v>144</v>
+      </c>
+      <c r="C3" t="s">
+        <v>145</v>
+      </c>
+      <c r="D3" t="s">
+        <v>146</v>
+      </c>
+      <c r="E3" t="s">
+        <v>147</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>148</v>
+      </c>
+      <c r="H3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>137</v>
+      </c>
+      <c r="B4" t="s">
+        <v>150</v>
+      </c>
+      <c r="C4" t="s">
+        <v>151</v>
+      </c>
+      <c r="D4" t="s">
+        <v>152</v>
+      </c>
+      <c r="E4" t="s">
+        <v>153</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>154</v>
+      </c>
+      <c r="H4" t="s">
+        <v>155</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>