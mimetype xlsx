--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -1,1485 +1,424 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="45">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>NEOCATE SYNEO</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>20/07/2021 00:00:00</t>
-[...329 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Critères diagnostiques et bilan initial de la cirrhose non compliquée</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_476486/fr/criteres-diagnostiques-et-bilan-initial-de-la-cirrhose-non-compliquee</t>
+    <t>Diagnosis of uncomplicated cirrhosis</t>
+  </si>
+  <si>
+    <t>The World Health Organisation defines cirrhosis as a diffuse process characterised by fibrosis and the conversion of normal liver architecture into structurally abnormal nodules. The following guidelines concern uncomplicated cirrhosis only, i.e. the stage of the disease when patients have few or no symptoms.</t>
+  </si>
+  <si>
+    <t>12/19/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/07/2009 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_476486/en/diagnosis-of-uncomplicated-cirrhosis</t>
   </si>
   <si>
     <t>c_476486</t>
   </si>
   <si>
-    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2749002/fr/evaluation-des-actes-de-vitrification-et-rechauffement-ovocytaire-vitrification-et-rechauffement-embryonnaire</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of oocyte/embryo vitrification and warming procedures - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The Haute Autorité de santé (HAS [French National Authority for Health]) has decided to assess oocyte and embryo vitrification and warming procedures in order to be able to rule on the appropriateness of including them in the NABM (Nomenclature of Procedures in Laboratory Medicine)</t>
+  </si>
+  <si>
+    <t>07/19/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>07/26/2017 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749002/en/assessment-of-oocyte/embryo-vitrification-and-warming-procedures-inahta-brief</t>
   </si>
   <si>
     <t>c_2749002</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Aspergillus (fungal diseases). It focuses on detection of fungal proteins (named soluble antigens) in blood or other biological fluids and on specific Aspergillus antibodies detection in serum. This study was conducted with a view to inclusions or changes in the List of Procedures in Laboratory Medicine reimbursed by the National Health Insurance System in France</t>
+  </si>
+  <si>
+    <t>05/31/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Évaluation des méthodes non invasives de mesure de la fibrose hépatique dans l’hépatite B chronique - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1627010/fr/evaluation-des-methodes-non-invasives-de-mesure-de-la-fibrose-hepatique-dans-l-hepatite-b-chronique-rapport-d-evaluation</t>
+    <t>Assessment of non-invasive methods for measuring liver fibrosis in chronic hepatitis B. Initial assessment and follow-up of non-treated adult patients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The main objective is to determine the clinical utility of non-invasive methods for measuring fibrosis in the initial assessment and follow-up of chronic hepatitis B in untreated adults. In the absence of sufficient demonstration of this clinical utility, the diagnostic performances of these non-invasive methods will be defined, in comparison with liver biopsy</t>
+  </si>
+  <si>
+    <t>06/19/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>06/19/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1627010/en/assessment-of-non-invasive-methods-for-measuring-liver-fibrosis-in-chronic-hepatitis-b-initial-assessment-and-follow-up-of-non-treated-adult-patients-inahta-brief</t>
   </si>
   <si>
     <t>c_1627010</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J6"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="H2" t="s">
         <v>13</v>
-      </c>
-[...16 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...22 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
         <v>25</v>
-      </c>
-[...19 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>10</v>
+      </c>
+      <c r="G5" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>32</v>
-      </c>
-[...13 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
         <v>37</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>38</v>
-      </c>
-[...243 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="B7" t="s">
-        <v>73</v>
+        <v>39</v>
       </c>
       <c r="C7" t="s">
-        <v>74</v>
+        <v>40</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="E7" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G7" t="s">
-        <v>76</v>
+        <v>43</v>
       </c>
       <c r="H7" t="s">
-        <v>77</v>
-[...443 lines deleted...]
-        <v>155</v>
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>