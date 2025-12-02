--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -1,583 +1,229 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="270" uniqueCount="153">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>17/06/2025 16:33:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Assessment of screening for cytomegalovirus (CMV) infection in pregnant women in France</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3587389/fr/evaluation-de-la-pertinence-d-un-depistage-systematique-de-l-infection-a-cytomegalovirus-cmv-au-cours-de-la-grossesse</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272378/fr/evaluation-de-l-interet-du-depistage-de-l-infection-a-cytomegalovirus-chez-la-femme-enceinte-en-france</t>
+    <t>https://www.has-sante.fr/jcms/c_272378/en/assessment-of-screening-for-cytomegalovirus-cmv-infection-in-pregnant-women-in-france</t>
   </si>
   <si>
     <t>c_272378</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2598203/fr/evaluation-de-l-amplification-genique-pour-le-diagnostic-des-infections-a-herpesviridae-cytomegalovirus-virus-herpes-simplex-et-varicelle-zona-chez-les-personnes-vivant-avec-le-vih</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Evaluation of gene amplification for the diagnosis of Herpesviridae infections (cytomegalovirus, herpes simplex virus and varicella-zoster virus) in people living with HIV - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to analyse the consistency between demand, on the one hand, and good practice guidelines and the views of professionals on the other, with a view to including gene amplification (PCR) for the cytomegalovirus (CMV), herpes simplex virus (HSV) and varicella-zoster virus (VZV) through genetic amplification in the diagnosis and treatment of opportunistic diseases in people living with HIV on the list of clinical laboratory procedures reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>01/27/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/29/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598203/en/evaluation-of-gene-amplification-for-the-diagnosis-of-herpesviridae-infections-cytomegalovirus-herpes-simplex-virus-and-varicella-zoster-virus-in-people-living-with-hiv-inahta-brief</t>
   </si>
   <si>
     <t>c_2598203</t>
   </si>
   <si>
-    <t>Examens biologiques de recherche du virus Epstein-Barr dans le cadre d’un Syndrome Lymphoprolifératif Post Transplantation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2573692/fr/examens-biologiques-de-recherche-du-virus-epstein-barr-dans-le-cadre-d-un-syndrome-lymphoproliferatif-post-transplantation</t>
+    <t>Laboratory examinations to test for Epstein-Barr virus as part of post-transplant lymphoproliferative disorder</t>
+  </si>
+  <si>
+    <t>The aim of this work is to assess the clinical utility of measuring the Epstein-Barr virus (EBV) viral load through real-time genetic amplification (PCR) and testing for serum anti-EBV antibodies as part of post-transplant lymphoproliferative disorder (PTLD), with a view to their inclusion in the list of Procedures in Laboratory Medicine reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>11/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>11/20/2015 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573692/en/laboratory-examinations-to-test-for-epstein-barr-virus-as-part-of-post-transplant-lymphoproliferative-disorder</t>
   </si>
   <si>
     <t>c_2573692</t>
   </si>
   <si>
-    <t>Diagnostic par sérologie et/ou par recherche du génome viral de l’infection congénitale à cytomégalovirus</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2572929/fr/diagnostic-par-serologie-et/ou-par-recherche-du-genome-viral-de-l-infection-congenitale-a-cytomegalovirus</t>
+    <t>Diagnosis of congenital cytomegalovirus infection through serology testing and/or viral genome detection - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The Association of Health Insurance Funds (UNCAM) is applying for the inclusion on the list of procedures and services (LPS) reimbursed by the French National Health Insurance system, of several diagnostic tests relating to mother-to-child transmission of cytomegalovirus (CMV) infection in utero. These are the anti-CMV IgG avidity test and CMV viral load testing by gene amplification (PCR) in several types of sample: amniotic fluid from the mother, and urine and saliva from the neonate. UNCAM also suggests removing immunoenzymatic testing for anti-CMV IgG alone in pregnancy, and cell culture for CMV, from the LPS. The aim of this report is to establish whether data from a critical analysis of the synthetic literature (good practice guidelines, systematic reviews and technology assessment reports) are consistent with the content of UNCAM’s application and whether they therefore support this application for the inclusion or removal of the above tests on/from the LPS</t>
+  </si>
+  <si>
+    <t>11/19/2015 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572929/en/diagnosis-of-congenital-cytomegalovirus-infection-through-serology-testing-and/or-viral-genome-detection-inahta-brief</t>
   </si>
   <si>
     <t>c_2572929</t>
   </si>
   <si>
-    <t>Évaluation de la mesure de la charge virale du cytomégalovirus par amplification génique chez les receveurs d’allogreffes</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2027970/fr/evaluation-de-la-mesure-de-la-charge-virale-du-cytomegalovirus-par-amplification-genique-chez-les-receveurs-d-allogreffes</t>
+    <t>Assessment of the measurement of cytomegalovirus viral load by gene amplification in allograft recipients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to analyse the consistency between, firstly, the request, and secondly good clinical practice guidelines and the opinions of professionals, with a view to the inclusion on the list of medical laboratory procedures reimbursed by the National Health Insurance system in France of the measurement of cytomegalovirus (CMV) viral load by gene amplification in the follow-up of patients who have received an allograft.</t>
+  </si>
+  <si>
+    <t>07/22/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2015 17:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027970/en/assessment-of-the-measurement-of-cytomegalovirus-viral-load-by-gene-amplification-in-allograft-recipients-inahta-brief</t>
   </si>
   <si>
     <t>c_2027970</t>
-  </si>
-[...238 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2879327/fr/virgan-ganciclovir</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -593,931 +239,145 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
-[...15 lines deleted...]
-        <v>21</v>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...862 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>