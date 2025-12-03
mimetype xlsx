--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -1,254 +1,2823 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="535" uniqueCount="290">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2003 09:43:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>THERASPHERE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
+    <t>28/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>21/08/2020 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3197014/fr/therasphere</t>
+  </si>
+  <si>
+    <t>p_3197014</t>
+  </si>
+  <si>
+    <t>Microsphères d’Yttrium-90</t>
+  </si>
+  <si>
+    <t>BTG</t>
+  </si>
+  <si>
+    <t>SIR-SPHERES</t>
+  </si>
+  <si>
+    <t>06/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892909/fr/sir-spheres</t>
+  </si>
+  <si>
+    <t>c_2892909</t>
+  </si>
+  <si>
+    <t>SIRTEX MEDICAL EUROPE GmbH</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage et prévention du cancer du sein</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage et la prévention du cancer du sein à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>10/04/2015 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024559/fr/depistage-et-prevention-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_2024559</t>
+  </si>
+  <si>
+    <t>Analyse comparée de la chimiothérapie anticancéreuse administrée à l’hôpital ou prise en charge à domicile : aspects économiques et organisationnels</t>
+  </si>
+  <si>
+    <t>La mesure 41 du Plan Cancer du 24/03/2003 incite au développement de la chimiothérapie à domicile. La réalisation de cet objectif implique de fixer les règles de qualité et de sécurité de ces soins à domicile mais également de s'interroger sur leur organisation et leurs conséquences économiques. Cette évaluation documente les aspects économiques associés à la réalisation d'une chimiothérapie anticancéreuse en procédant à une comparaison des coûts selon le mode de prise en charge : hôpital, hospitalisation à domicile, réseaux. Des éléments sur la satisfaction des patients, des aidants des soignants, et sur l'organisation de ces modes de prise en charge ont également été intégrés.</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499617/fr/analyse-comparee-de-la-chimiotherapie-anticancereuse-administree-a-l-hopital-ou-prise-en-charge-a-domicile-aspects-economiques-et-organisationnels</t>
+  </si>
+  <si>
+    <t>r_1499617</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectif de définir des critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile en abordant successivement :# 1. la typologie des chimiothérapies anticancéreuses réalisables à domicile dans des conditions de sécurité et de qualité comparables à celles de l'hospitalisation conventionnelle# 2. l'évaluation du patient dans le cadre d'un projet thérapeutique (préférences du patient et de son entourage et définition des critères médicaux, psychologiques, sociaux et environnementaux)# 3. la mise en œuvre de la chimiothérapie anticancéreuse à domicile et la surveillance postchimiothérapie.# La chimiothérapie anticancéreuse pédiatrique, qui requiert des considérations spécifiques, n’a pas été traitée.</t>
+  </si>
+  <si>
+    <t>01/09/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3168690/en/hyperthermic-intraperitoneal-chemotherapy-hipec-associated-or-not-with-prior-cytoreductive-surgery-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Chimiohyperthermie intrapéritonéale (CHIP) associée ou non à une chirurgie de cytoréduction préalable</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de l’acte de chimiohyperthermie intrapéritonéale associée ou non à une cytoréduction préalable. L'objectif est de définir les indications, les conditions de réalisation de l’acte associée ou non à une cytoréduction préalable, de l’hospitalisation et, enfin du suivi post-hospitalisation.</t>
+  </si>
+  <si>
+    <t>17/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>21/06/2021 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168690/fr/chimiohyperthermie-intraperitoneale-chip-associee-ou-non-a-une-chirurgie-de-cytoreduction-prealable</t>
   </si>
   <si>
     <t>p_3168690</t>
+  </si>
+  <si>
+    <t>Examens biologiques de recherche du virus d’Epstein Barr (EBV) dans la prise en charge du carcinome du rhinopharynx</t>
+  </si>
+  <si>
+    <t>Evaluation de la mesure de la charge virale du virus d’Epstein-Barr (EBV) par amplification génique (PCR) et de la recherche des anticorps sériques anti-EBV dans le cadre du carcinome indifférencié du rhinopharynx (cancer du cavum)</t>
+  </si>
+  <si>
+    <t>13/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2016 09:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615170/fr/examens-biologiques-de-recherche-du-virus-d-epstein-barr-ebv-dans-la-prise-en-charge-du-carcinome-du-rhinopharynx</t>
+  </si>
+  <si>
+    <t>c_2615170</t>
+  </si>
+  <si>
+    <t>Évaluation de l’endomicroscopie confocale par laser dans la caractérisation des sténoses indéterminées des voies biliaires</t>
+  </si>
+  <si>
+    <t>La Société française d’endoscopie digestive (SFED) a saisi la HAS en vue d’évaluer l’«Endomicroscopie Confocale par Laser» (ECL) au cours d’une procédure d’endoscopie digestive dans l’indication: la ou les sténose(s) indéterminée(s) des voies biliaires (SIVB).</t>
+  </si>
+  <si>
+    <t>22/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2015 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2063147/fr/evaluation-de-l-endomicroscopie-confocale-par-laser-dans-la-caracterisation-des-stenoses-indeterminees-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>c_2063147</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 septembre 2025</t>
+  </si>
+  <si>
+    <t>03/09/2025 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643451/fr/commission-de-la-transparence-reunion-du-10-septembre-2025</t>
+  </si>
+  <si>
+    <t>p_3643451</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 28 mai 2025</t>
+  </si>
+  <si>
+    <t>16/07/2025 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636346/fr/college-deliberatif-du-28-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3636346</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 mai 2025</t>
+  </si>
+  <si>
+    <t>21/05/2025 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607140/fr/commission-de-la-transparence-reunion-du-28-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3607140</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 mai 2025</t>
+  </si>
+  <si>
+    <t>09/05/2025 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604273/fr/commission-de-la-transparence-reunion-du-14-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3604273</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 11 mars 2025</t>
+  </si>
+  <si>
+    <t>10/03/2025 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594995/fr/ceesp-reunion-du-11-mars-2025</t>
+  </si>
+  <si>
+    <t>p_3594995</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 décembre 2024</t>
+  </si>
+  <si>
+    <t>13/12/2024 08:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3572417/fr/commission-de-la-transparence-reunion-du-18-decembre-2024</t>
+  </si>
+  <si>
+    <t>p_3572417</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 novembre 2024</t>
+  </si>
+  <si>
+    <t>30/10/2024 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554484/fr/commission-de-la-transparence-reunion-du-6-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3554484</t>
+  </si>
+  <si>
+    <t>PV Collège délibératif du 21 mars 2024</t>
+  </si>
+  <si>
+    <t>16/05/2024 12:42:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517826/fr/pv-college-deliberatif-du-21-mars-2024</t>
+  </si>
+  <si>
+    <t>p_3517826</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 mars 2024</t>
+  </si>
+  <si>
+    <t>06/03/2024 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499613/fr/commission-de-la-transparence-reunion-du-13-mars-2024</t>
+  </si>
+  <si>
+    <t>p_3499613</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 22  septembre 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 15:46:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494778/fr/college-deliberatif-du-22-septembre-2022</t>
+  </si>
+  <si>
+    <t>p_3494778</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juin 2023</t>
+  </si>
+  <si>
+    <t>15/06/2023 18:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447493/fr/commission-de-la-transparence-reunion-du-21-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3447493</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 mai 2023</t>
+  </si>
+  <si>
+    <t>05/05/2023 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433011/fr/commission-de-la-transparence-reunion-du-10-mai-2023</t>
+  </si>
+  <si>
+    <t>p_3433011</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 février 2023</t>
+  </si>
+  <si>
+    <t>16/02/2023 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3413361/fr/commission-de-la-transparence-reunion-du-22-fevrier-2023</t>
+  </si>
+  <si>
+    <t>p_3413361</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 6 avril 2022</t>
+  </si>
+  <si>
+    <t>29/03/2022 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326987/fr/commission-de-la-transparence-reunion-du-6-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3326987</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 16 septembre 2020</t>
+  </si>
+  <si>
+    <t>10/09/2020 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201113/fr/commission-de-la-transparence-reunion-a-distance-du-16-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3201113</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 16 juillet 2020</t>
+  </si>
+  <si>
+    <t>10/07/2020 08:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193506/fr/ceesp-reunion-du-16-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3193506</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 juillet 2019</t>
+  </si>
+  <si>
+    <t>18/07/2019 14:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076426/fr/college-deliberatif-du-4-juillet-2019</t>
+  </si>
+  <si>
+    <t>p_3076426</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 12 juin 2019</t>
+  </si>
+  <si>
+    <t>06/06/2019 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973304/fr/college-deliberatif-du-12-juin-2019</t>
+  </si>
+  <si>
+    <t>c_2973304</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 24 avril 2019</t>
+  </si>
+  <si>
+    <t>19/04/2019 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965059/fr/college-deliberatif-du-24-avril-2019</t>
+  </si>
+  <si>
+    <t>c_2965059</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 janvier 2018</t>
+  </si>
+  <si>
+    <t>17/01/2018 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820787/fr/commission-de-la-transparence-reunion-du-24-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2820787</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 octobre 2017</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800077/fr/commission-de-la-transparence-reunion-du-25-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2800077</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 avril 2017</t>
+  </si>
+  <si>
+    <t>12/04/2017 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756298/fr/commission-de-la-transparence-reunion-du-19-avril-2017</t>
+  </si>
+  <si>
+    <t>c_2756298</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 février 2017</t>
+  </si>
+  <si>
+    <t>01/02/2017 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743400/fr/commission-de-la-transparence-reunion-du-8-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2743400</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 mars 2015</t>
+  </si>
+  <si>
+    <t>12/03/2015 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019696/fr/commission-de-la-transparence-reunion-du-18-mars-2015</t>
+  </si>
+  <si>
+    <t>c_2019696</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 octobre 2014</t>
+  </si>
+  <si>
+    <t>10/10/2014 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1767049/fr/commission-de-la-transparence-reunion-du-15-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1767049</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 03 septembre 2014</t>
+  </si>
+  <si>
+    <t>27/08/2014 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760195/fr/commission-de-la-transparence-reunion-du-03-septembre-2014</t>
+  </si>
+  <si>
+    <t>c_1760195</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 mars 2008</t>
+  </si>
+  <si>
+    <t>19/03/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_638993/fr/commission-de-la-transparence-reunion-du-19-mars-2008</t>
+  </si>
+  <si>
+    <t>c_638993</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 décembre 2007</t>
+  </si>
+  <si>
+    <t>31/07/2007 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_610077/fr/commission-de-la-transparence-reunion-du-5-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_610077</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0214/DC/SEM du 18 septembre 2025 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité COLUMVI (glofitamab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité COLUMVI (glofitamab) dans l'indication « Columvi en association avec la gemcitabine et l’oxaliplatine est indiqué pour le traitement des patients adultes atteints d'un lymphome diffus à grandes cellules B non spécifié (LDGCB NOS) réfractaire ou en rechute, uniquement en deuxième ligne de traitement, non éligibles à une autogreffe de cellules souches (ASCT) et aux médicaments à base de cellules CAR-T ».</t>
+  </si>
+  <si>
+    <t>18/09/2025 15:58:00</t>
+  </si>
+  <si>
+    <t>26/09/2025 08:47:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687430/fr/decision-n2025-0214/dc/sem-du-18-septembre-2025-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-columvi-glofitamab</t>
+  </si>
+  <si>
+    <t>p_3687430</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0133/DC/SEM du 28 mai 2025 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité IMFINZI (durvalumab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité IMFINZI (durvalumab) dans l' indication « en association avec la gemcitabine et le cisplatine en traitement néoadjuvant, suivi d’IMFINZI en monothérapie après une cystectomie radicale, pour le traitement des patients adultes atteints d’une tumeur résécable de la vessie infiltrant le muscle (TVIM) »</t>
+  </si>
+  <si>
+    <t>28/05/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>05/06/2025 16:36:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609097/fr/decision-n2025-0133/dc/sem-du-28-mai-2025-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-imfinzi-durvalumab</t>
+  </si>
+  <si>
+    <t>p_3609097</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0322/DC/SEM du 20 novembre 2024 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité ZIIHERA (zanidatamab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité ZIIHERA (zanidatamab) dans l'indication « traitement des adultes atteints d’un cancer des voies biliaires HER2-positif IHC3+ non résécable, localement avancé ou métastatique, après au moins une précédente ligne de traitement systémique pour la maladie avancée contenant de la gemcitabine et inéligibles au protocole FOLFOX ».</t>
+  </si>
+  <si>
+    <t>20/11/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>29/11/2024 16:13:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563109/fr/decision-n2024-0322/dc/sem-du-20-novembre-2024-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-ziihera-zanidatamab</t>
+  </si>
+  <si>
+    <t>p_3563109</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0079/DC/SEM du 21 mars 2024 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité KEYTRUDA (pembrolizumab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité KEYTRUDA (pembrolizumab) dans l'indication « en association à la gemcitabine et au cisplatine, dans le traitement de première ligne des patients adultes atteints d’un carcinome des voies biliaires localement avancé non résécable ou métastatique ».</t>
+  </si>
+  <si>
+    <t>21/03/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>02/04/2024 17:18:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505668/fr/decision-n2024-0079/dc/sem-du-21-mars-2024-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>p_3505668</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0037/AC/SEM du 12 juin 2019 du collège de la Haute Autorité de santé sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité  POTELIGEO (mogamulizumab)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité POTELIGEO (mogamulizumab), validées par le CHMP, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont les suivantes : « les patients adultes atteints de mycosis fongoïde de stade IA qui ont reçu au moins un traitement systémique antérieur » « les patients adultes atteints de mycosis fongoïde stades IB-II transformé ou non transformé réfractaire qui ont reçu au moins un traitement systémique antérieur » « les patients adultes atteints de mycosis fongoïde stades III-IV transformé y compris le syndrome de Sézary qui ont reçu au moins un traitement systémique antérieur » Dans ces indications, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>05/02/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>29/08/2019 08:47:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3086208/fr/avis-n-2019-0037/ac/sem-du-12-juin-2019-du-college-de-la-haute-autorite-de-sante-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-poteligeo-mogamulizumab</t>
+  </si>
+  <si>
+    <t>p_3086208</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0041/AC/SEM du 4 juillet 2019 du collège de la Haute Autorité de santé sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité TALZENNA (talazoparib)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité TALZENNA (talazoparib), validées par le CHMP, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont les suivantes : - les patientes précédemment traitées par anthracycline et/ou taxane en situation localement avancée ; - ou les patientes inéligibles à anthracycline et/ou taxane ; - et/ou les patientes avec résistance aux sels de platine. Dans ces indications, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>04/07/2019 14:30:00</t>
+  </si>
+  <si>
+    <t>12/07/2019 16:58:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076205/fr/avis-n-2019-0041/ac/sem-du-4-juillet-2019-du-college-de-la-haute-autorite-de-sante-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-talzenna-talazoparib</t>
+  </si>
+  <si>
+    <t>p_3076205</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0025/AC/SEM du 24 avril 2019 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude Gempax »</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Gempax » présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>24/04/2019 15:55:00</t>
+  </si>
+  <si>
+    <t>06/05/2019 12:17:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966732/fr/avis-n-2019-0025/ac/sem-du-24-avril-2019-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-gempax</t>
+  </si>
+  <si>
+    <t>c_2966732</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0160/DC/SEM du 26 septembre 2018 du collège de la Haute Autorité de santé portant la recommandation relative à la prise en charge à titre dérogatoire d’Avastin (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire d’Avastin (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation, dans l’indication « Traitement de la dégénérescence maculaire liée à l’âge néovasculaire », ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>26/09/2017 10:55:00</t>
+  </si>
+  <si>
+    <t>11/10/2018 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877192/fr/decision-n-2018-0160/dc/sem-du-26-septembre-2018-du-college-de-la-haute-autorite-de-sante-portant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-d-avastin-bevacizumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2877192</t>
+  </si>
+  <si>
+    <t>Décision n°2016.0062/DC/SEM du 23 mars 2016 du collège de la Haute Autorité de santé portant sur la recommandation relative à la prise en charge à titre dérogatoire de XALKORI (crizotinib) dans le cadre d’une recommandation temporaire d’utilisation - RTU ABROGEE 17 mars 2017 -</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# # * le fait que le cancer du poumon, est en France, le 2ème cancer le plus fréquent chez l’homme et le 3ème chez la femme, ainsi que la 1ère cause de décès chez l’homme entre 45 et 64 ans et la 1ère cause de mortalité par cancer toutes populations confondues et qu’on ne dispose à ce jour d’aucune thérapeutique appropriée ; * l’absence d’alternative appropriée et remboursable à ce jour chez les patients avec un réarrangement ROS 1 ; * le fait que l’utilisation de ce médicament ait un intérêt thérapeutique pour les patients ; le Collège de la HAS considère que les spécialités XALKORI 200 et 250 mg (crizotinib) peuvent faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement du cancer du poumon non à petites cellules localement avancé ou métastatique avec réarrangement de ROS1 chez des patients en situation d’impasse thérapeutique » si le prescripteur estime qu’elles sont indispensables pour le traitement de ces patients. # *RTU abrogée le 17 mars 2017 par l'ANSM. La fin de cette RTU fait suite à la modification du 25 août 2016, par la Commission Européenne, de l’autorisation de mise sur le marché (AMM) de Xalkori , dans l’indication : «traitement des patients adultes ayant un cancer du poumon non à petites cellules (CPNPC) ROS1 (Proto-Oncogene 1, Receptor Tyrosine Kinase)-positif et avancé».*</t>
+  </si>
+  <si>
+    <t>23/03/2016 09:33:00</t>
+  </si>
+  <si>
+    <t>29/03/2016 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620178/fr/decision-n2016-0062/dc/sem-du-23-mars-2016-du-college-de-la-haute-autorite-de-sante-portant-sur-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-xalkori-crizotinib-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-rtu-abrogee-17-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2620178</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0016/AC/SEM du 27 janvier 2016 du Collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité TAGRISSO (osimertinib) (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Dans les indications validées par le CHMP qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation, il existe des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.</t>
+  </si>
+  <si>
+    <t>27/01/2016 10:19:00</t>
+  </si>
+  <si>
+    <t>11/02/2016 14:30:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608095/fr/avis-n-2016-0016/ac/sem-du-27-janvier-2016-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-tagrisso-osimertinib-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_2608095</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0178/DC/SEM du 8 juillet 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire d'AVASTIN (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# * la dégénérescence maculaire liée à l’âge (DMLA), première de cause de malvoyance après 65 ans dans les pays occidentaux. * l’absence de spécialité remboursable de même principe actif, de même dosage et de même forme pharmaceutique ; * le fait que le bevacizumab ait un intérêt thérapeutique pour les patients atteints de dégénérescence maculaire liée à l’âge exsudative néovasculaire choroïdienne rétrofovéolaire,# le Collège de la HAS considère que la spécialité AVASTIN 25 mg/ml, solution à diluer pour perfusion peut faire l’objet d’une prise en charge dérogatoire dans le traitement de la dégénérescence maculaire liée à l’âge exsudative néovasculaire choroïdienne rétrofovéolaire dans les situations où le prescripteur juge son utilisation indispensable pour améliorer l’état de santé des patients ou éviter leur dégradation.</t>
+  </si>
+  <si>
+    <t>08/07/2015 17:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2015 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045913/fr/decision-n-2015-0178/dc/sem-du-8-juillet-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-d-avastin-bevacizumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2045913</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>GEMCITABINE (gemcitabine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>23/09/2020 09:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983453/fr/gemcitabine-gemcitabine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983453</t>
+  </si>
+  <si>
+    <t>gemcitabine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>SUN PHARMACEUTICAL INDUSTRIES EUROPE B.V. / DELBERT / FRESENIUS KABI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656304/fr/gemcitabine-kabi-gemcitabine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756461/fr/gemcitabine-sun-gemcitabine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814672/fr/gemcitabine-sun-gemcitabine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202542/fr/gemcitabine-hikma-gemcitabine</t>
+  </si>
+  <si>
+    <t>GEMZAR (gemcitabine)</t>
+  </si>
+  <si>
+    <t>10/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985883/fr/gemzar-gemcitabine</t>
+  </si>
+  <si>
+    <t>pprd_2985883</t>
+  </si>
+  <si>
+    <t>gemcitabine</t>
+  </si>
+  <si>
+    <t>LILLY FRANCE S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400093/fr/gemzar-200-mg-gemzar-1000-mg-gemcitabine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C3" t="s">
+        <v>33</v>
+      </c>
+      <c r="D3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D2" t="s">
+        <v>41</v>
+      </c>
+      <c r="E2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B3" t="s">
+        <v>45</v>
+      </c>
+      <c r="C3" t="s">
+        <v>46</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>50</v>
+      </c>
+      <c r="C4" t="s">
+        <v>51</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>52</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>53</v>
+      </c>
+      <c r="H4" t="s">
+        <v>54</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D2" t="s">
+        <v>58</v>
+      </c>
+      <c r="E2" t="s">
+        <v>59</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>60</v>
+      </c>
+      <c r="H2" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B3" t="s">
+        <v>62</v>
+      </c>
+      <c r="C3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>64</v>
+      </c>
+      <c r="E3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>66</v>
+      </c>
+      <c r="H3" t="s">
+        <v>67</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>68</v>
+      </c>
+      <c r="B2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D2" t="s">
+        <v>71</v>
+      </c>
+      <c r="E2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>73</v>
+      </c>
+      <c r="H2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D3" t="s">
+        <v>77</v>
+      </c>
+      <c r="E3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>79</v>
+      </c>
+      <c r="H3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>68</v>
+      </c>
+      <c r="B4" t="s">
+        <v>81</v>
+      </c>
+      <c r="C4" t="s">
+        <v>82</v>
+      </c>
+      <c r="D4" t="s">
+        <v>83</v>
+      </c>
+      <c r="E4" t="s">
+        <v>84</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>85</v>
+      </c>
+      <c r="H4" t="s">
+        <v>86</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I29"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>88</v>
+      </c>
+      <c r="B2" t="s">
+        <v>89</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>91</v>
+      </c>
+      <c r="H2" t="s">
+        <v>92</v>
+      </c>
+      <c r="I2" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B3" t="s">
+        <v>94</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>96</v>
+      </c>
+      <c r="H3" t="s">
+        <v>97</v>
+      </c>
+      <c r="I3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>88</v>
+      </c>
+      <c r="B4" t="s">
+        <v>99</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>100</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>101</v>
+      </c>
+      <c r="H4" t="s">
+        <v>102</v>
+      </c>
+      <c r="I4" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>88</v>
+      </c>
+      <c r="B5" t="s">
+        <v>103</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>104</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>105</v>
+      </c>
+      <c r="H5" t="s">
+        <v>106</v>
+      </c>
+      <c r="I5" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>88</v>
+      </c>
+      <c r="B6" t="s">
+        <v>107</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>108</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>109</v>
+      </c>
+      <c r="H6" t="s">
+        <v>110</v>
+      </c>
+      <c r="I6" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>88</v>
+      </c>
+      <c r="B7" t="s">
+        <v>111</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>112</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>113</v>
+      </c>
+      <c r="H7" t="s">
+        <v>114</v>
+      </c>
+      <c r="I7" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>88</v>
+      </c>
+      <c r="B8" t="s">
+        <v>115</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>116</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>117</v>
+      </c>
+      <c r="H8" t="s">
+        <v>118</v>
+      </c>
+      <c r="I8" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>88</v>
+      </c>
+      <c r="B9" t="s">
+        <v>119</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>120</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>121</v>
+      </c>
+      <c r="H9" t="s">
+        <v>122</v>
+      </c>
+      <c r="I9" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>123</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>124</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>125</v>
+      </c>
+      <c r="H10" t="s">
+        <v>126</v>
+      </c>
+      <c r="I10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>127</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>128</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>129</v>
+      </c>
+      <c r="H11" t="s">
+        <v>130</v>
+      </c>
+      <c r="I11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>131</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>132</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>133</v>
+      </c>
+      <c r="H12" t="s">
+        <v>134</v>
+      </c>
+      <c r="I12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" t="s">
+        <v>135</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>136</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>137</v>
+      </c>
+      <c r="H13" t="s">
+        <v>138</v>
+      </c>
+      <c r="I13" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>88</v>
+      </c>
+      <c r="B14" t="s">
+        <v>139</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>140</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>141</v>
+      </c>
+      <c r="H14" t="s">
+        <v>142</v>
+      </c>
+      <c r="I14" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>88</v>
+      </c>
+      <c r="B15" t="s">
+        <v>143</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>144</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>145</v>
+      </c>
+      <c r="H15" t="s">
+        <v>146</v>
+      </c>
+      <c r="I15" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>88</v>
+      </c>
+      <c r="B16" t="s">
+        <v>147</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>148</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>149</v>
+      </c>
+      <c r="H16" t="s">
+        <v>150</v>
+      </c>
+      <c r="I16" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>88</v>
+      </c>
+      <c r="B17" t="s">
+        <v>151</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>152</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>153</v>
+      </c>
+      <c r="H17" t="s">
+        <v>154</v>
+      </c>
+      <c r="I17" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>88</v>
+      </c>
+      <c r="B18" t="s">
+        <v>155</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>156</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>157</v>
+      </c>
+      <c r="H18" t="s">
+        <v>158</v>
+      </c>
+      <c r="I18" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>88</v>
+      </c>
+      <c r="B19" t="s">
+        <v>159</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>160</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>161</v>
+      </c>
+      <c r="H19" t="s">
+        <v>162</v>
+      </c>
+      <c r="I19" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>88</v>
+      </c>
+      <c r="B20" t="s">
+        <v>163</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>164</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>165</v>
+      </c>
+      <c r="H20" t="s">
+        <v>166</v>
+      </c>
+      <c r="I20" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" t="s">
+        <v>167</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>168</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>169</v>
+      </c>
+      <c r="H21" t="s">
+        <v>170</v>
+      </c>
+      <c r="I21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>88</v>
+      </c>
+      <c r="B22" t="s">
+        <v>171</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>172</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>173</v>
+      </c>
+      <c r="H22" t="s">
+        <v>174</v>
+      </c>
+      <c r="I22" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>88</v>
+      </c>
+      <c r="B23" t="s">
+        <v>175</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>176</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>177</v>
+      </c>
+      <c r="H23" t="s">
+        <v>178</v>
+      </c>
+      <c r="I23" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>88</v>
+      </c>
+      <c r="B24" t="s">
+        <v>179</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>180</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>181</v>
+      </c>
+      <c r="H24" t="s">
+        <v>182</v>
+      </c>
+      <c r="I24" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>88</v>
+      </c>
+      <c r="B25" t="s">
+        <v>183</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>184</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>185</v>
+      </c>
+      <c r="H25" t="s">
+        <v>186</v>
+      </c>
+      <c r="I25" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>88</v>
+      </c>
+      <c r="B26" t="s">
+        <v>187</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>188</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>189</v>
+      </c>
+      <c r="H26" t="s">
+        <v>190</v>
+      </c>
+      <c r="I26" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>88</v>
+      </c>
+      <c r="B27" t="s">
+        <v>191</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>192</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>193</v>
+      </c>
+      <c r="H27" t="s">
+        <v>194</v>
+      </c>
+      <c r="I27" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>88</v>
+      </c>
+      <c r="B28" t="s">
+        <v>195</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>196</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>197</v>
+      </c>
+      <c r="H28" t="s">
+        <v>198</v>
+      </c>
+      <c r="I28" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>88</v>
+      </c>
+      <c r="B29" t="s">
+        <v>199</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>200</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>201</v>
+      </c>
+      <c r="H29" t="s">
+        <v>202</v>
+      </c>
+      <c r="I29" t="s">
+        <v>93</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>203</v>
+      </c>
+      <c r="B2" t="s">
+        <v>204</v>
+      </c>
+      <c r="C2" t="s">
+        <v>205</v>
+      </c>
+      <c r="D2" t="s">
+        <v>206</v>
+      </c>
+      <c r="E2" t="s">
+        <v>207</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>208</v>
+      </c>
+      <c r="H2" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>203</v>
+      </c>
+      <c r="B3" t="s">
+        <v>210</v>
+      </c>
+      <c r="C3" t="s">
+        <v>211</v>
+      </c>
+      <c r="D3" t="s">
+        <v>212</v>
+      </c>
+      <c r="E3" t="s">
+        <v>213</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>214</v>
+      </c>
+      <c r="H3" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>203</v>
+      </c>
+      <c r="B4" t="s">
+        <v>216</v>
+      </c>
+      <c r="C4" t="s">
+        <v>217</v>
+      </c>
+      <c r="D4" t="s">
+        <v>218</v>
+      </c>
+      <c r="E4" t="s">
+        <v>219</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>220</v>
+      </c>
+      <c r="H4" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>203</v>
+      </c>
+      <c r="B5" t="s">
+        <v>222</v>
+      </c>
+      <c r="C5" t="s">
+        <v>223</v>
+      </c>
+      <c r="D5" t="s">
+        <v>224</v>
+      </c>
+      <c r="E5" t="s">
+        <v>225</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>226</v>
+      </c>
+      <c r="H5" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>203</v>
+      </c>
+      <c r="B6" t="s">
+        <v>228</v>
+      </c>
+      <c r="C6" t="s">
+        <v>229</v>
+      </c>
+      <c r="D6" t="s">
+        <v>230</v>
+      </c>
+      <c r="E6" t="s">
+        <v>231</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>232</v>
+      </c>
+      <c r="H6" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>203</v>
+      </c>
+      <c r="B7" t="s">
+        <v>234</v>
+      </c>
+      <c r="C7" t="s">
+        <v>235</v>
+      </c>
+      <c r="D7" t="s">
+        <v>236</v>
+      </c>
+      <c r="E7" t="s">
+        <v>237</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>238</v>
+      </c>
+      <c r="H7" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>203</v>
+      </c>
+      <c r="B8" t="s">
+        <v>240</v>
+      </c>
+      <c r="C8" t="s">
+        <v>241</v>
+      </c>
+      <c r="D8" t="s">
+        <v>242</v>
+      </c>
+      <c r="E8" t="s">
+        <v>243</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>244</v>
+      </c>
+      <c r="H8" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>203</v>
+      </c>
+      <c r="B9" t="s">
+        <v>246</v>
+      </c>
+      <c r="C9" t="s">
+        <v>247</v>
+      </c>
+      <c r="D9" t="s">
+        <v>248</v>
+      </c>
+      <c r="E9" t="s">
+        <v>249</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>250</v>
+      </c>
+      <c r="H9" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>203</v>
+      </c>
+      <c r="B10" t="s">
+        <v>252</v>
+      </c>
+      <c r="C10" t="s">
+        <v>253</v>
+      </c>
+      <c r="D10" t="s">
+        <v>254</v>
+      </c>
+      <c r="E10" t="s">
+        <v>255</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>256</v>
+      </c>
+      <c r="H10" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>203</v>
+      </c>
+      <c r="B11" t="s">
+        <v>258</v>
+      </c>
+      <c r="C11" t="s">
+        <v>259</v>
+      </c>
+      <c r="D11" t="s">
+        <v>260</v>
+      </c>
+      <c r="E11" t="s">
+        <v>261</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>262</v>
+      </c>
+      <c r="H11" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>203</v>
+      </c>
+      <c r="B12" t="s">
+        <v>264</v>
+      </c>
+      <c r="C12" t="s">
+        <v>265</v>
+      </c>
+      <c r="D12" t="s">
+        <v>266</v>
+      </c>
+      <c r="E12" t="s">
+        <v>267</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>268</v>
+      </c>
+      <c r="H12" t="s">
+        <v>269</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>270</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>272</v>
+      </c>
+      <c r="B2" t="s">
+        <v>273</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>274</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>275</v>
+      </c>
+      <c r="H2" t="s">
+        <v>276</v>
+      </c>
+      <c r="I2" t="s">
+        <v>277</v>
+      </c>
+      <c r="J2" t="s">
+        <v>278</v>
+      </c>
+      <c r="K2" t="s">
+        <v>279</v>
+      </c>
+      <c r="L2" t="s">
+        <v>280</v>
+      </c>
+      <c r="M2" t="s">
+        <v>281</v>
+      </c>
+      <c r="N2" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>272</v>
+      </c>
+      <c r="B3" t="s">
+        <v>283</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>284</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>285</v>
+      </c>
+      <c r="H3" t="s">
+        <v>286</v>
+      </c>
+      <c r="I3" t="s">
+        <v>287</v>
+      </c>
+      <c r="J3" t="s">
+        <v>288</v>
+      </c>
+      <c r="K3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>