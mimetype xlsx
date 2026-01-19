--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="535" uniqueCount="290">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="543" uniqueCount="296">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -642,50 +642,68 @@
     <t>Commission de la transparence - Réunion du 19 mars 2008</t>
   </si>
   <si>
     <t>19/03/2008 16:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_638993/fr/commission-de-la-transparence-reunion-du-19-mars-2008</t>
   </si>
   <si>
     <t>c_638993</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 5 décembre 2007</t>
   </si>
   <si>
     <t>31/07/2007 16:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_610077/fr/commission-de-la-transparence-reunion-du-5-decembre-2007</t>
   </si>
   <si>
     <t>c_610077</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2025.0311/DC/SEM du 18 décembre 2025 du collège de la Haute Autorité de santé portant modification et renouvellement de l’autorisation d’accès précoce de la spécialité ZIIHERA (zanidatamab)</t>
+  </si>
+  <si>
+    <t>L'autorisation d’accès précoce renouvelée à la spécialité ZIIHERA (zanidatamab) dans l'indication « traitement des adultes atteints d’un cancer des voies biliaires HER2-positif IHC3+ non résécable, localement avancé ou métastatique, après au moins une précédente ligne de traitement systémique pour la maladie avancée contenant de la gemcitabine et inéligibles au protocole FOLFOX » a fait l'objet d'une modification (ajout d'une présentation).</t>
+  </si>
+  <si>
+    <t>18/12/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>29/12/2025 14:20:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806776/fr/decision-n-2025-0311/dc/sem-du-18-decembre-2025-du-college-de-la-haute-autorite-de-sante-portant-modification-et-renouvellement-de-l-autorisation-d-acces-precoce-de-la-specialite-ziihera-zanidatamab</t>
+  </si>
+  <si>
+    <t>p_3806776</t>
   </si>
   <si>
     <t>Décision n°2025.0214/DC/SEM du 18 septembre 2025 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité COLUMVI (glofitamab)</t>
   </si>
   <si>
     <t>Autorisation d’accès précoce octroyée à la spécialité COLUMVI (glofitamab) dans l'indication « Columvi en association avec la gemcitabine et l’oxaliplatine est indiqué pour le traitement des patients adultes atteints d'un lymphome diffus à grandes cellules B non spécifié (LDGCB NOS) réfractaire ou en rechute, uniquement en deuxième ligne de traitement, non éligibles à une autogreffe de cellules souches (ASCT) et aux médicaments à base de cellules CAR-T ».</t>
   </si>
   <si>
     <t>18/09/2025 15:58:00</t>
   </si>
   <si>
     <t>26/09/2025 08:47:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3687430/fr/decision-n2025-0214/dc/sem-du-18-septembre-2025-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-columvi-glofitamab</t>
   </si>
   <si>
     <t>p_3687430</t>
   </si>
   <si>
     <t>Décision n°2025.0133/DC/SEM du 28 mai 2025 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité IMFINZI (durvalumab)</t>
   </si>
   <si>
     <t>Autorisation d’accès précoce refusée à la spécialité IMFINZI (durvalumab) dans l' indication « en association avec la gemcitabine et le cisplatine en traitement néoadjuvant, suivi d’IMFINZI en monothérapie après une cystectomie radicale, pour le traitement des patients adultes atteints d’une tumeur résécable de la vessie infiltrant le muscle (TVIM) »</t>
   </si>
@@ -2335,51 +2353,51 @@
       </c>
       <c r="E29" t="s">
         <v>200</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
         <v>201</v>
       </c>
       <c r="H29" t="s">
         <v>202</v>
       </c>
       <c r="I29" t="s">
         <v>93</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2651,173 +2669,199 @@
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>203</v>
       </c>
       <c r="B12" t="s">
         <v>264</v>
       </c>
       <c r="C12" t="s">
         <v>265</v>
       </c>
       <c r="D12" t="s">
         <v>266</v>
       </c>
       <c r="E12" t="s">
         <v>267</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
         <v>268</v>
       </c>
       <c r="H12" t="s">
         <v>269</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>203</v>
+      </c>
+      <c r="B13" t="s">
+        <v>270</v>
+      </c>
+      <c r="C13" t="s">
+        <v>271</v>
+      </c>
+      <c r="D13" t="s">
+        <v>272</v>
+      </c>
+      <c r="E13" t="s">
+        <v>273</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>274</v>
+      </c>
+      <c r="H13" t="s">
+        <v>275</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="B2" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="H2" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="I2" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="J2" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="K2" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="L2" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="M2" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="N2" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="B3" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="H3" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="I3" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="J3" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="K3" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>