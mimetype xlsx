--- v2 (2026-01-19)
+++ v3 (2026-03-05)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="543" uniqueCount="296">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="552" uniqueCount="300">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -299,78 +299,90 @@
   <si>
     <t>Évaluation de l’endomicroscopie confocale par laser dans la caractérisation des sténoses indéterminées des voies biliaires</t>
   </si>
   <si>
     <t>La Société française d’endoscopie digestive (SFED) a saisi la HAS en vue d’évaluer l’«Endomicroscopie Confocale par Laser» (ECL) au cours d’une procédure d’endoscopie digestive dans l’indication: la ou les sténose(s) indéterminée(s) des voies biliaires (SIVB).</t>
   </si>
   <si>
     <t>22/07/2015 00:00:00</t>
   </si>
   <si>
     <t>01/10/2015 12:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2063147/fr/evaluation-de-l-endomicroscopie-confocale-par-laser-dans-la-caracterisation-des-stenoses-indeterminees-des-voies-biliaires</t>
   </si>
   <si>
     <t>c_2063147</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
+    <t>Collège délibératif du 18 décembre 2025</t>
+  </si>
+  <si>
+    <t>18/12/2025 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3804045/fr/college-deliberatif-du-18-decembre-2025</t>
+  </si>
+  <si>
+    <t>p_3804045</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
     <t>Commission de la transparence - Réunion du 10 septembre 2025</t>
   </si>
   <si>
     <t>03/09/2025 16:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643451/fr/commission-de-la-transparence-reunion-du-10-septembre-2025</t>
   </si>
   <si>
     <t>p_3643451</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Collège délibératif du 28 mai 2025</t>
   </si>
   <si>
     <t>16/07/2025 16:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636346/fr/college-deliberatif-du-28-mai-2025</t>
   </si>
   <si>
     <t>p_3636346</t>
-  </si>
-[...1 lines deleted...]
-    <t>Collège</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 28 mai 2025</t>
   </si>
   <si>
     <t>21/05/2025 16:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3607140/fr/commission-de-la-transparence-reunion-du-28-mai-2025</t>
   </si>
   <si>
     <t>p_3607140</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 14 mai 2025</t>
   </si>
   <si>
     <t>09/05/2025 10:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3604273/fr/commission-de-la-transparence-reunion-du-14-mai-2025</t>
   </si>
   <si>
     <t>p_3604273</t>
   </si>
@@ -1498,51 +1510,51 @@
       </c>
       <c r="D4" t="s">
         <v>83</v>
       </c>
       <c r="E4" t="s">
         <v>84</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>85</v>
       </c>
       <c r="H4" t="s">
         <v>86</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I29"/>
+  <dimension ref="A1:I30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1646,1222 +1658,1251 @@
       <c r="A5" t="s">
         <v>88</v>
       </c>
       <c r="B5" t="s">
         <v>103</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
         <v>104</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>105</v>
       </c>
       <c r="H5" t="s">
         <v>106</v>
       </c>
       <c r="I5" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>88</v>
       </c>
       <c r="B6" t="s">
         <v>107</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
         <v>108</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
         <v>109</v>
       </c>
       <c r="H6" t="s">
         <v>110</v>
       </c>
       <c r="I6" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>88</v>
       </c>
       <c r="B7" t="s">
         <v>111</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
         <v>112</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
         <v>113</v>
       </c>
       <c r="H7" t="s">
         <v>114</v>
       </c>
       <c r="I7" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>88</v>
       </c>
       <c r="B8" t="s">
         <v>115</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
         <v>116</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
         <v>117</v>
       </c>
       <c r="H8" t="s">
         <v>118</v>
       </c>
       <c r="I8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>88</v>
       </c>
       <c r="B9" t="s">
         <v>119</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
         <v>120</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
         <v>121</v>
       </c>
       <c r="H9" t="s">
         <v>122</v>
       </c>
       <c r="I9" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>88</v>
       </c>
       <c r="B10" t="s">
         <v>123</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
         <v>124</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
         <v>125</v>
       </c>
       <c r="H10" t="s">
         <v>126</v>
       </c>
       <c r="I10" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>88</v>
       </c>
       <c r="B11" t="s">
         <v>127</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
         <v>128</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
         <v>129</v>
       </c>
       <c r="H11" t="s">
         <v>130</v>
       </c>
       <c r="I11" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>88</v>
       </c>
       <c r="B12" t="s">
         <v>131</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
         <v>132</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
         <v>133</v>
       </c>
       <c r="H12" t="s">
         <v>134</v>
       </c>
       <c r="I12" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>88</v>
       </c>
       <c r="B13" t="s">
         <v>135</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
         <v>136</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
         <v>137</v>
       </c>
       <c r="H13" t="s">
         <v>138</v>
       </c>
       <c r="I13" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>88</v>
       </c>
       <c r="B14" t="s">
         <v>139</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
         <v>140</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
         <v>141</v>
       </c>
       <c r="H14" t="s">
         <v>142</v>
       </c>
       <c r="I14" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>88</v>
       </c>
       <c r="B15" t="s">
         <v>143</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
         <v>144</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
         <v>145</v>
       </c>
       <c r="H15" t="s">
         <v>146</v>
       </c>
       <c r="I15" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>88</v>
       </c>
       <c r="B16" t="s">
         <v>147</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
         <v>148</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
         <v>149</v>
       </c>
       <c r="H16" t="s">
         <v>150</v>
       </c>
       <c r="I16" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>88</v>
       </c>
       <c r="B17" t="s">
         <v>151</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
         <v>152</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
         <v>153</v>
       </c>
       <c r="H17" t="s">
         <v>154</v>
       </c>
       <c r="I17" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>88</v>
       </c>
       <c r="B18" t="s">
         <v>155</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
         <v>156</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
         <v>157</v>
       </c>
       <c r="H18" t="s">
         <v>158</v>
       </c>
       <c r="I18" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>88</v>
       </c>
       <c r="B19" t="s">
         <v>159</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
         <v>160</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
         <v>161</v>
       </c>
       <c r="H19" t="s">
         <v>162</v>
       </c>
       <c r="I19" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>88</v>
       </c>
       <c r="B20" t="s">
         <v>163</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
         <v>164</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
         <v>165</v>
       </c>
       <c r="H20" t="s">
         <v>166</v>
       </c>
       <c r="I20" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>88</v>
       </c>
       <c r="B21" t="s">
         <v>167</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
         <v>168</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
         <v>169</v>
       </c>
       <c r="H21" t="s">
         <v>170</v>
       </c>
       <c r="I21" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>88</v>
       </c>
       <c r="B22" t="s">
         <v>171</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
         <v>172</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
         <v>173</v>
       </c>
       <c r="H22" t="s">
         <v>174</v>
       </c>
       <c r="I22" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>88</v>
       </c>
       <c r="B23" t="s">
         <v>175</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
         <v>176</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
         <v>177</v>
       </c>
       <c r="H23" t="s">
         <v>178</v>
       </c>
       <c r="I23" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>88</v>
       </c>
       <c r="B24" t="s">
         <v>179</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
         <v>180</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
         <v>181</v>
       </c>
       <c r="H24" t="s">
         <v>182</v>
       </c>
       <c r="I24" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>88</v>
       </c>
       <c r="B25" t="s">
         <v>183</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
         <v>184</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
         <v>185</v>
       </c>
       <c r="H25" t="s">
         <v>186</v>
       </c>
       <c r="I25" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>88</v>
       </c>
       <c r="B26" t="s">
         <v>187</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
         <v>188</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
         <v>189</v>
       </c>
       <c r="H26" t="s">
         <v>190</v>
       </c>
       <c r="I26" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>88</v>
       </c>
       <c r="B27" t="s">
         <v>191</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
         <v>192</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
         <v>193</v>
       </c>
       <c r="H27" t="s">
         <v>194</v>
       </c>
       <c r="I27" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>88</v>
       </c>
       <c r="B28" t="s">
         <v>195</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
         <v>196</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
         <v>197</v>
       </c>
       <c r="H28" t="s">
         <v>198</v>
       </c>
       <c r="I28" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>88</v>
       </c>
       <c r="B29" t="s">
         <v>199</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
         <v>200</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
         <v>201</v>
       </c>
       <c r="H29" t="s">
         <v>202</v>
       </c>
       <c r="I29" t="s">
-        <v>93</v>
+        <v>98</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>88</v>
+      </c>
+      <c r="B30" t="s">
+        <v>203</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>204</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>205</v>
+      </c>
+      <c r="H30" t="s">
+        <v>206</v>
+      </c>
+      <c r="I30" t="s">
+        <v>98</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B2" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C2" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="D2" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="E2" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="H2" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B3" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="C3" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="D3" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="E3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="H3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B4" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="C4" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="D4" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="E4" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="H4" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B5" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="C5" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="D5" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="E5" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="H5" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B6" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="C6" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="D6" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="E6" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="H6" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B7" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="C7" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="D7" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="E7" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="H7" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B8" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="C8" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D8" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="E8" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="H8" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B9" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="C9" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="D9" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="E9" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="H9" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B10" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="C10" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="D10" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="E10" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="H10" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B11" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="C11" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="D11" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E11" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="H11" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B12" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="C12" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="D12" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="E12" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="H12" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B13" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="C13" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="D13" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="E13" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="H13" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="B2" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="H2" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="I2" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="J2" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="K2" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="L2" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="M2" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="N2" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="B3" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="H3" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="I3" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="J3" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="K3" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>