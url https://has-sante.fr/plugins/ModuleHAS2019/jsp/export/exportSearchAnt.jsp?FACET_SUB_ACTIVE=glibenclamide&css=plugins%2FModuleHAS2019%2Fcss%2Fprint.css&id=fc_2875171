--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,305 +1,1485 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="270" uniqueCount="136">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Dispositifs médicaux pour Autosurveillance et Autotraitement</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>24/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/01/2007 17:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522777/fr/dispositifs-medicaux-pour-autosurveillance-et-autotraitement</t>
+  </si>
+  <si>
+    <t>c_522777</t>
+  </si>
+  <si>
+    <t>Ministres</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Prévention et dépistage du diabète de type 2 et des maladies liées au diabète</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2015 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
+  </si>
+  <si>
+    <t>c_2012494</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Diabètes monogéniques de type MODY</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de diabète MODY. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389587/fr/diabetes-monogeniques-de-type-mody</t>
+  </si>
+  <si>
+    <t>p_3389587</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Hypertension artérielle pulmonaire (HTAP)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 5 : hypertension artérielle pulmonaire (HTAP).</t>
+  </si>
+  <si>
+    <t>01/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2015 14:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_612644/fr/ald-n-5-hypertension-arterielle-pulmonaire-htap</t>
+  </si>
+  <si>
+    <t>c_612644</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs médicaux pour autosurveillance et autotraitement du diabète</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer la catégorie des différents dispositifs médicaux pour autosurveillance et autotraitement, afin notamment de : s’assurer du bien fondé de leur remboursement ; définir les indications et les situations cliniques d’utilisation des différents types de dispositifs ; réévaluer l’intérêt de ces dispositifs en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les produits inscrits sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/01/2007 09:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_758938/fr/evaluation-des-dispositifs-medicaux-pour-autosurveillance-et-autotraitement-du-diabete</t>
+  </si>
+  <si>
+    <t>c_758938</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 avril 2024</t>
+  </si>
+  <si>
+    <t>17/04/2024 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508632/fr/commission-de-la-transparence-reunion-du-24-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3508632</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 mars 2024</t>
+  </si>
+  <si>
+    <t>20/03/2024 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501802/fr/commission-de-la-transparence-reunion-du-27-mars-2024</t>
+  </si>
+  <si>
+    <t>p_3501802</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 mars 2024</t>
+  </si>
+  <si>
+    <t>06/03/2024 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499613/fr/commission-de-la-transparence-reunion-du-13-mars-2024</t>
+  </si>
+  <si>
+    <t>p_3499613</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 février 2019</t>
+  </si>
+  <si>
+    <t>29/01/2019 14:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901217/fr/commission-de-la-transparence-reunion-du-6-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2901217</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 novembre 2018</t>
+  </si>
+  <si>
+    <t>25/10/2018 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2880775/fr/commission-de-la-transparence-reunion-du-7-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2880775</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 octobre 2018</t>
+  </si>
+  <si>
+    <t>10/10/2018 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877030/fr/commission-de-la-transparence-reunion-du-17-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2877030</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 décembre 2015</t>
+  </si>
+  <si>
+    <t>25/11/2015 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574689/fr/commission-de-la-transparence-reunion-du-2-decembre-2015</t>
+  </si>
+  <si>
+    <t>c_2574689</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 avril 2011</t>
+  </si>
+  <si>
+    <t>27/04/2011 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1049085/fr/commission-de-la-transparence-reunion-du-27-avril-2011</t>
+  </si>
+  <si>
+    <t>c_1049085</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 février 2011</t>
+  </si>
+  <si>
+    <t>16/02/2011 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025050/fr/commission-de-la-transparence-reunion-du-16-fevrier-2011</t>
+  </si>
+  <si>
+    <t>c_1025050</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 octobre 2010</t>
+  </si>
+  <si>
+    <t>20/10/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993081/fr/commission-de-la-transparence-reunion-du-20-octobre-2010</t>
+  </si>
+  <si>
+    <t>c_993081</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 juillet 2008</t>
+  </si>
+  <si>
+    <t>16/07/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_678285/fr/commission-de-la-transparence-reunion-du-16-juillet-2008</t>
+  </si>
+  <si>
+    <t>c_678285</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>AMGLIDIA (glibenclamide)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982874/en/amglidia-glibenclamide</t>
+    <t>29/04/2024 11:33:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982874/fr/amglidia-glibenclamide</t>
   </si>
   <si>
     <t>pprd_2982874</t>
   </si>
   <si>
     <t>glibenclamide</t>
   </si>
   <si>
     <t>BIOPROJET PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2904837/en/amglidia-glibenclamide-antidiabetique</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3512099/en/amglidia-glibenclamide-diabetes-mellitus</t>
+    <t>https://www.has-sante.fr/jcms/c_2904837/fr/amglidia-glibenclamide-antidiabetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3512099/fr/amglidia-glibenclamide-diabete-sucre-neonatal</t>
+  </si>
+  <si>
+    <t>DAONIL - HEMI-DAONIL (glibenclamide)</t>
+  </si>
+  <si>
+    <t>12/03/2018 08:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983364/fr/daonil-hemi-daonil-glibenclamide</t>
+  </si>
+  <si>
+    <t>pprd_2983364</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618830/fr/daonil-hemidaonil-glibenclamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332071/fr/daonil-hemi-daonil-glibenclamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831681/fr/daonil-hemi-daonil-glibenclamide</t>
   </si>
   <si>
     <t>GLUCOVANCE (glibenclamide/ chlorhydrate de metformine)</t>
   </si>
   <si>
-    <t>04/27/2011 12:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985181/en/glucovance-glibenclamide/-chlorhydrate-de-metformine</t>
+    <t>27/04/2011 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985181/fr/glucovance-glibenclamide/-chlorhydrate-de-metformine</t>
   </si>
   <si>
     <t>pprd_2985181</t>
   </si>
   <si>
     <t>glibenclamide,chlorhydrate de metformine</t>
   </si>
   <si>
     <t>Laboratoire MERCK LIPHA SANTE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400023/en/glucovance-500-mg/-2-5-mg-comprime-pellicule-boite-de-30-glucovance-500-mg/-5-mg-comprime-pellicule-boite-de-30</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1054871/en/glucovance</t>
+    <t>https://www.has-sante.fr/jcms/c_400023/fr/glucovance-500-mg/-2-5-mg-comprime-pellicule-boite-de-30-glucovance-500-mg/-5-mg-comprime-pellicule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1054871/fr/glucovance-glibenclamide/-chlorhydrate-de-metformine</t>
+  </si>
+  <si>
+    <t>GLIBENCLAMIDE BIOGARAN (glibenclamide)</t>
+  </si>
+  <si>
+    <t>09/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985196/fr/glibenclamide-biogaran-glibenclamide</t>
+  </si>
+  <si>
+    <t>pprd_2985196</t>
+  </si>
+  <si>
+    <t>Laboratoire BIOGARAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036315/fr/glibenclamide-biogaran-glibenclamide</t>
+  </si>
+  <si>
+    <t>MIGLUCAN / EUGLUCAN (glibenclamide)</t>
+  </si>
+  <si>
+    <t>05/12/2007 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985410/fr/miglucan-/-euglucan-glibenclamide</t>
+  </si>
+  <si>
+    <t>pprd_2985410</t>
+  </si>
+  <si>
+    <t>Laboratoires Roche</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618860/fr/miglucan-/-euglucan-glibenclamide</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:L3"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" t="s">
         <v>11</v>
       </c>
-      <c r="B2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
         <v>17</v>
       </c>
-      <c r="J2" t="s">
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
         <v>18</v>
       </c>
-      <c r="K2" t="s">
+      <c r="B2" t="s">
         <v>19</v>
       </c>
-      <c r="L2" t="s">
+      <c r="C2" t="s">
         <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>29</v>
+      </c>
+      <c r="H2" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="B3" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="H3" t="s">
-        <v>24</v>
+        <v>36</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>42</v>
+      </c>
+      <c r="H2" t="s">
+        <v>43</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H2" t="s">
+        <v>49</v>
+      </c>
+      <c r="I2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>53</v>
+      </c>
+      <c r="H3" t="s">
+        <v>54</v>
       </c>
       <c r="I3" t="s">
-        <v>25</v>
+        <v>50</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>45</v>
+      </c>
+      <c r="B4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>56</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>57</v>
+      </c>
+      <c r="H4" t="s">
+        <v>58</v>
+      </c>
+      <c r="I4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>59</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>61</v>
+      </c>
+      <c r="H5" t="s">
+        <v>62</v>
+      </c>
+      <c r="I5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" t="s">
+        <v>63</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>64</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H6" t="s">
+        <v>66</v>
+      </c>
+      <c r="I6" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>68</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>69</v>
+      </c>
+      <c r="H7" t="s">
+        <v>70</v>
+      </c>
+      <c r="I7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>72</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>73</v>
+      </c>
+      <c r="H8" t="s">
+        <v>74</v>
+      </c>
+      <c r="I8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>76</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>77</v>
+      </c>
+      <c r="H9" t="s">
+        <v>78</v>
+      </c>
+      <c r="I9" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>80</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>81</v>
+      </c>
+      <c r="H10" t="s">
+        <v>82</v>
+      </c>
+      <c r="I10" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>84</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>85</v>
+      </c>
+      <c r="H11" t="s">
+        <v>86</v>
+      </c>
+      <c r="I11" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>45</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>88</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>89</v>
+      </c>
+      <c r="H12" t="s">
+        <v>90</v>
+      </c>
+      <c r="I12" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>91</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B2" t="s">
+        <v>94</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>96</v>
+      </c>
+      <c r="H2" t="s">
+        <v>97</v>
+      </c>
+      <c r="I2" t="s">
+        <v>98</v>
+      </c>
+      <c r="J2" t="s">
+        <v>99</v>
+      </c>
+      <c r="K2" t="s">
+        <v>100</v>
+      </c>
+      <c r="L2" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>103</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H3" t="s">
+        <v>105</v>
+      </c>
+      <c r="I3" t="s">
+        <v>98</v>
       </c>
       <c r="J3" t="s">
-        <v>26</v>
+        <v>106</v>
       </c>
       <c r="K3" t="s">
-        <v>27</v>
+        <v>107</v>
       </c>
       <c r="L3" t="s">
-        <v>28</v>
+        <v>108</v>
+      </c>
+      <c r="M3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>93</v>
+      </c>
+      <c r="B4" t="s">
+        <v>110</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>111</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>112</v>
+      </c>
+      <c r="H4" t="s">
+        <v>113</v>
+      </c>
+      <c r="I4" t="s">
+        <v>114</v>
+      </c>
+      <c r="J4" t="s">
+        <v>115</v>
+      </c>
+      <c r="K4" t="s">
+        <v>116</v>
+      </c>
+      <c r="L4" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>93</v>
+      </c>
+      <c r="B5" t="s">
+        <v>118</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>119</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>120</v>
+      </c>
+      <c r="H5" t="s">
+        <v>121</v>
+      </c>
+      <c r="I5" t="s">
+        <v>98</v>
+      </c>
+      <c r="J5" t="s">
+        <v>122</v>
+      </c>
+      <c r="K5" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>93</v>
+      </c>
+      <c r="B6" t="s">
+        <v>124</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>125</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>126</v>
+      </c>
+      <c r="H6" t="s">
+        <v>127</v>
+      </c>
+      <c r="I6" t="s">
+        <v>98</v>
+      </c>
+      <c r="J6" t="s">
+        <v>128</v>
+      </c>
+      <c r="K6" t="s">
+        <v>129</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B2" t="s">
+        <v>131</v>
+      </c>
+      <c r="C2" t="s">
+        <v>132</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>133</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>134</v>
+      </c>
+      <c r="H2" t="s">
+        <v>135</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>