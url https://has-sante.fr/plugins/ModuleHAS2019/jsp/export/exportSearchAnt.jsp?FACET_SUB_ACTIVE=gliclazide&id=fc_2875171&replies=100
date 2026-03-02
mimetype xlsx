--- v0 (2025-10-05)
+++ v1 (2026-03-02)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="73">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -174,50 +174,62 @@
     <t>https://www.has-sante.fr/jcms/c_758938/fr/evaluation-des-dispositifs-medicaux-pour-autosurveillance-et-autotraitement-du-diabete</t>
   </si>
   <si>
     <t>c_758938</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 17 octobre 2018</t>
   </si>
   <si>
     <t>10/10/2018 10:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2877030/fr/commission-de-la-transparence-reunion-du-17-octobre-2018</t>
   </si>
   <si>
     <t>c_2877030</t>
   </si>
   <si>
     <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 janvier 2008</t>
+  </si>
+  <si>
+    <t>23/01/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623096/fr/commission-de-la-transparence-reunion-du-23-janvier-2008</t>
+  </si>
+  <si>
+    <t>c_623096</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>GLICLAZIDE (gliclazide)</t>
   </si>
   <si>
     <t>20/01/2020 09:33:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3098152/fr/gliclazide-gliclazide</t>
   </si>
   <si>
     <t>p_3098152</t>
   </si>
   <si>
     <t>gliclazide</t>
   </si>
@@ -583,51 +595,51 @@
       </c>
       <c r="D2" t="s">
         <v>39</v>
       </c>
       <c r="E2" t="s">
         <v>40</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>41</v>
       </c>
       <c r="H2" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I2"/>
+  <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -644,174 +656,203 @@
       <c r="A2" t="s">
         <v>44</v>
       </c>
       <c r="B2" t="s">
         <v>45</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>46</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>47</v>
       </c>
       <c r="H2" t="s">
         <v>48</v>
       </c>
       <c r="I2" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B3" t="s">
+        <v>50</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>52</v>
+      </c>
+      <c r="H3" t="s">
+        <v>53</v>
+      </c>
+      <c r="I3" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B2" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="H2" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="I2" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="J2" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="K2" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="L2" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="M2" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B3" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H3" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="I3" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="J3" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="K3" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="L3" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>