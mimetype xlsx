--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,1230 +1,724 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="216" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="73">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...17 lines deleted...]
-    <t>08/06/2015 18:02:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2025 14:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2037487/fr/go-on</t>
-[...2 lines deleted...]
-    <t>c_2037487</t>
+    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+  </si>
+  <si>
+    <t>p_3634512</t>
+  </si>
+  <si>
+    <t>Diagnosis of uncomplicated cirrhosis</t>
+  </si>
+  <si>
+    <t>The World Health Organisation defines cirrhosis as a diffuse process characterised by fibrosis and the conversion of normal liver architecture into structurally abnormal nodules. The following guidelines concern uncomplicated cirrhosis only, i.e. the stage of the disease when patients have few or no symptoms.</t>
+  </si>
+  <si>
+    <t>12/19/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/07/2009 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_476486/en/diagnosis-of-uncomplicated-cirrhosis</t>
+  </si>
+  <si>
+    <t>c_476486</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
+  </si>
+  <si>
+    <t>Negative opinion on homeopathic medicines reimbursement</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+  </si>
+  <si>
+    <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>FLEXEA (glucosamine (chlorhydrate))</t>
+  </si>
+  <si>
+    <t>04/01/2014 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984814/en/flexea-glucosamine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984814</t>
+  </si>
+  <si>
+    <t>glucosamine (chlorhydrate)</t>
+  </si>
+  <si>
+    <t>EXPANSCIENCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106808/en/flexea-glucosamine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727451/en/flexea-glucosamine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714289/en/flexea</t>
+  </si>
+  <si>
+    <t>OSAFLEXAN (sulfate de glucosamine/ glucosamine (sulfate de))</t>
+  </si>
+  <si>
+    <t>04/01/2014 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984815/en/osaflexan-sulfate-de-glucosamine/-glucosamine-sulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984815</t>
+  </si>
+  <si>
+    <t>sulfate de glucosamine,glucosamine (sulfate de)</t>
   </si>
   <si>
     <t>ROTTAPHARM SAS</t>
   </si>
   <si>
-    <t>EUFLEXXA B/1 et B/3</t>
-[...236 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1714261/fr/osaflexan-glucosamine-antiarthrosique-symptomatique-d-action-lente-aasal</t>
+    <t>https://www.has-sante.fr/jcms/c_937968/en/osaflexan-sulfate-de-glucosamine/-glucosamine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727445/en/osaflexan-sulfate-de-glucosamine/-glucosamine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714261/en/osaflexan</t>
   </si>
   <si>
     <t>DOLENIO (glucosamine (sulfate))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984816/fr/dolenio-glucosamine-sulfate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984816/en/dolenio-glucosamine-sulfate</t>
   </si>
   <si>
     <t>pprd_2984816</t>
   </si>
   <si>
     <t>glucosamine (sulfate)</t>
   </si>
   <si>
     <t>BIOCODEX</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_918263/fr/dolenio-glucosamine-sulfate</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1714276/fr/dolenio-glucosamine-antiarthrosique-symptomatique-d-action-lente-aasal</t>
+    <t>https://www.has-sante.fr/jcms/c_918263/en/dolenio-glucosamine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716217/en/dolenio-glucosamine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727442/en/dolenio-glucosamine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714276/en/dolenio</t>
   </si>
   <si>
     <t>VOLTAFLEX (glucosamine) antiarthrosique symptomatique d’action lente (AASAL)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984856/fr/voltaflex-glucosamine-antiarthrosique-symptomatique-d-action-lente-aasal</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984856/en/voltaflex-glucosamine-antiarthrosique-symptomatique-d-action-lente-aasal</t>
   </si>
   <si>
     <t>pprd_2984856</t>
   </si>
   <si>
     <t>glucosamine (chlorhydrate),glucosamine (chlorhydrate de)</t>
   </si>
   <si>
     <t>NOVARTIS SANTE FAMILIALE S.A.S</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_944513/fr/voltaflex-glucosamine-chlorhydrate-/-glucosamine-chlorhydrate-de</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1714258/fr/voltaflex-glucosamine-antiarthrosique-symptomatique-d-action-lente-aasal</t>
+    <t>https://www.has-sante.fr/jcms/c_944513/en/voltaflex-glucosamine-chlorhydrate-/-glucosamine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714258/en/voltaflex</t>
   </si>
   <si>
     <t>ENDOSTA (glucosamine (chlorhydrate))</t>
   </si>
   <si>
-    <t>10/11/2009 10:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985323/fr/endosta-glucosamine-chlorhydrate</t>
+    <t>11/10/2009 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985323/en/endosta-glucosamine-chlorhydrate</t>
   </si>
   <si>
     <t>pprd_2985323</t>
   </si>
   <si>
     <t>Laboratoire EXPANSCIENCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_866774/fr/endosta-glucosamine-chlorhydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_866774/en/endosta</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...10 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="F3" t="s">
-[...45 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="E2" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="H2" t="s">
-        <v>37</v>
-[...25 lines deleted...]
-        <v>43</v>
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...278 lines deleted...]
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="J1" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="K1" t="s">
-        <v>80</v>
+        <v>31</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>81</v>
+        <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>82</v>
+        <v>33</v>
       </c>
       <c r="C2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>83</v>
+        <v>34</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>84</v>
+        <v>35</v>
       </c>
       <c r="H2" t="s">
-        <v>85</v>
+        <v>36</v>
       </c>
       <c r="I2" t="s">
-        <v>86</v>
+        <v>37</v>
       </c>
       <c r="J2" t="s">
-        <v>87</v>
+        <v>38</v>
       </c>
       <c r="K2" t="s">
-        <v>88</v>
+        <v>39</v>
       </c>
       <c r="L2" t="s">
-        <v>89</v>
+        <v>40</v>
       </c>
       <c r="M2" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>81</v>
+        <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>91</v>
+        <v>42</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>93</v>
+        <v>44</v>
       </c>
       <c r="H3" t="s">
-        <v>94</v>
+        <v>45</v>
       </c>
       <c r="I3" t="s">
-        <v>95</v>
+        <v>46</v>
       </c>
       <c r="J3" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="K3" t="s">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="L3" t="s">
-        <v>97</v>
+        <v>49</v>
       </c>
       <c r="M3" t="s">
-        <v>98</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>81</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>99</v>
+        <v>51</v>
       </c>
       <c r="C4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>83</v>
+        <v>34</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>100</v>
+        <v>52</v>
       </c>
       <c r="H4" t="s">
-        <v>101</v>
+        <v>53</v>
       </c>
       <c r="I4" t="s">
-        <v>102</v>
+        <v>54</v>
       </c>
       <c r="J4" t="s">
-        <v>103</v>
+        <v>55</v>
       </c>
       <c r="K4" t="s">
-        <v>104</v>
+        <v>56</v>
       </c>
       <c r="L4" t="s">
-        <v>105</v>
+        <v>57</v>
       </c>
       <c r="M4" t="s">
-        <v>106</v>
+        <v>58</v>
       </c>
       <c r="N4" t="s">
-        <v>107</v>
+        <v>59</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>81</v>
+        <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>108</v>
+        <v>60</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>83</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="H5" t="s">
-        <v>110</v>
+        <v>62</v>
       </c>
       <c r="I5" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="J5" t="s">
-        <v>112</v>
+        <v>64</v>
       </c>
       <c r="K5" t="s">
-        <v>113</v>
+        <v>65</v>
       </c>
       <c r="L5" t="s">
-        <v>114</v>
+        <v>66</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>81</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
-        <v>115</v>
+        <v>67</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>116</v>
+        <v>68</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>117</v>
+        <v>69</v>
       </c>
       <c r="H6" t="s">
-        <v>118</v>
+        <v>70</v>
       </c>
       <c r="I6" t="s">
-        <v>86</v>
+        <v>37</v>
       </c>
       <c r="J6" t="s">
-        <v>119</v>
+        <v>71</v>
       </c>
       <c r="K6" t="s">
-        <v>120</v>
+        <v>72</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>