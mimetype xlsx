--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -1,724 +1,1230 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="216" uniqueCount="121">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>GO-ON</t>
+  </si>
+  <si>
+    <t>Acide hyaluronique pour injection intra-articulaire</t>
+  </si>
+  <si>
+    <t>02/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2015 18:02:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>https://www.has-sante.fr/jcms/c_2037487/fr/go-on</t>
+  </si>
+  <si>
+    <t>c_2037487</t>
+  </si>
+  <si>
+    <t>ROTTAPHARM SAS</t>
+  </si>
+  <si>
+    <t>EUFLEXXA B/1 et B/3</t>
+  </si>
+  <si>
+    <t>05/05/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2015 11:56:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034385/fr/euflexxa-b/1-et-b/3</t>
+  </si>
+  <si>
+    <t>c_2034385</t>
+  </si>
+  <si>
+    <t>FERRING SAS</t>
+  </si>
+  <si>
+    <t>HAPPYVISC</t>
+  </si>
+  <si>
+    <t>10/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>25/03/2015 17:37:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021467/fr/happyvisc</t>
+  </si>
+  <si>
+    <t>c_2021467</t>
+  </si>
+  <si>
+    <t>Laboratoire de Rhumatologie Appliquée</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Diagnosis of uncomplicated cirrhosis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_476486/en/diagnosis-of-uncomplicated-cirrhosis</t>
+    <t>Critères diagnostiques et bilan initial de la cirrhose non compliquée</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif d'améliorer le diagnostic de la cirrhose non compliquée, afin d’en traiter la cause et les éventuelles comorbidités, et de prévenir ses complications.</t>
+  </si>
+  <si>
+    <t>19/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_476486/fr/criteres-diagnostiques-et-bilan-initial-de-la-cirrhose-non-compliquee</t>
   </si>
   <si>
     <t>c_476486</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Art 50, Zondar, Chondrosulf, Piasclédine, Dolenio, Flexea, Osaflexan, Structoflex et Voltaflex : service médical rendu insuffisant dans le traitement symptomatique de l’arthrose</t>
+  </si>
+  <si>
+    <t>11/07/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1621213/fr/art-50-zondar-chondrosulf-piascledine-dolenio-flexea-osaflexan-structoflex-et-voltaflex-service-medical-rendu-insuffisant-dans-le-traitement-symptomatique-de-l-arthrose</t>
+  </si>
+  <si>
+    <t>c_1621213</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 novembre 2013</t>
+  </si>
+  <si>
+    <t>30/12/2013 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1694858/fr/commission-de-la-transparence-reunion-du-20-novembre-2013</t>
+  </si>
+  <si>
+    <t>c_1694858</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 septembre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité ONGLYZA par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>21/09/2011 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1097913/fr/commission-de-la-transparence-reunion-du-21-septembre-2011</t>
+  </si>
+  <si>
+    <t>c_1097913</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juillet 2009</t>
+  </si>
+  <si>
+    <t>08/07/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748561/fr/commission-de-la-transparence-reunion-du-8-juillet-2009</t>
+  </si>
+  <si>
+    <t>c_748561</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 décembre 2008</t>
+  </si>
+  <si>
+    <t>10/12/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_723429/fr/commission-de-la-transparence-reunion-du-10-decembre-2008</t>
+  </si>
+  <si>
+    <t>c_723429</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 septembre 2008</t>
+  </si>
+  <si>
+    <t>03/09/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_687230/fr/commission-de-la-transparence-reunion-du-3-septembre-2008</t>
+  </si>
+  <si>
+    <t>c_687230</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>FLEXEA (glucosamine (chlorhydrate))</t>
   </si>
   <si>
-    <t>04/01/2014 17:55:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984814/en/flexea-glucosamine-chlorhydrate</t>
+    <t>01/04/2014 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984814/fr/flexea-glucosamine-chlorhydrate</t>
   </si>
   <si>
     <t>pprd_2984814</t>
   </si>
   <si>
     <t>glucosamine (chlorhydrate)</t>
   </si>
   <si>
     <t>EXPANSCIENCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1106808/en/flexea-glucosamine-chlorhydrate</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1714289/en/flexea</t>
+    <t>https://www.has-sante.fr/jcms/c_1106808/fr/flexea-glucosamine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727451/fr/flexea-glucosamine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714289/fr/flexea-glucosamine-antiarthrosique-symptomatique-d-action-lente-aasal</t>
   </si>
   <si>
     <t>OSAFLEXAN (sulfate de glucosamine/ glucosamine (sulfate de))</t>
   </si>
   <si>
-    <t>04/01/2014 17:41:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984815/en/osaflexan-sulfate-de-glucosamine/-glucosamine-sulfate-de</t>
+    <t>01/04/2014 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984815/fr/osaflexan-sulfate-de-glucosamine/-glucosamine-sulfate-de</t>
   </si>
   <si>
     <t>pprd_2984815</t>
   </si>
   <si>
     <t>sulfate de glucosamine,glucosamine (sulfate de)</t>
   </si>
   <si>
-    <t>ROTTAPHARM SAS</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1714261/en/osaflexan</t>
+    <t>https://www.has-sante.fr/jcms/c_937968/fr/osaflexan-sulfate-de-glucosamine/-glucosamine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727445/fr/osaflexan-sulfate-de-glucosamine/-glucosamine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714261/fr/osaflexan-glucosamine-antiarthrosique-symptomatique-d-action-lente-aasal</t>
   </si>
   <si>
     <t>DOLENIO (glucosamine (sulfate))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984816/en/dolenio-glucosamine-sulfate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984816/fr/dolenio-glucosamine-sulfate</t>
   </si>
   <si>
     <t>pprd_2984816</t>
   </si>
   <si>
     <t>glucosamine (sulfate)</t>
   </si>
   <si>
     <t>BIOCODEX</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_918263/en/dolenio-glucosamine-sulfate</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1714276/en/dolenio</t>
+    <t>https://www.has-sante.fr/jcms/c_918263/fr/dolenio-glucosamine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716217/fr/dolenio-glucosamine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727442/fr/dolenio-glucosamine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714276/fr/dolenio-glucosamine-antiarthrosique-symptomatique-d-action-lente-aasal</t>
   </si>
   <si>
     <t>VOLTAFLEX (glucosamine) antiarthrosique symptomatique d’action lente (AASAL)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984856/en/voltaflex-glucosamine-antiarthrosique-symptomatique-d-action-lente-aasal</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984856/fr/voltaflex-glucosamine-antiarthrosique-symptomatique-d-action-lente-aasal</t>
   </si>
   <si>
     <t>pprd_2984856</t>
   </si>
   <si>
     <t>glucosamine (chlorhydrate),glucosamine (chlorhydrate de)</t>
   </si>
   <si>
     <t>NOVARTIS SANTE FAMILIALE S.A.S</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_944513/en/voltaflex-glucosamine-chlorhydrate-/-glucosamine-chlorhydrate-de</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1714258/en/voltaflex</t>
+    <t>https://www.has-sante.fr/jcms/c_944513/fr/voltaflex-glucosamine-chlorhydrate-/-glucosamine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714258/fr/voltaflex-glucosamine-antiarthrosique-symptomatique-d-action-lente-aasal</t>
   </si>
   <si>
     <t>ENDOSTA (glucosamine (chlorhydrate))</t>
   </si>
   <si>
-    <t>11/10/2009 10:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985323/en/endosta-glucosamine-chlorhydrate</t>
+    <t>10/11/2009 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985323/fr/endosta-glucosamine-chlorhydrate</t>
   </si>
   <si>
     <t>pprd_2985323</t>
   </si>
   <si>
     <t>Laboratoire EXPANSCIENCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_866774/en/endosta</t>
+    <t>https://www.has-sante.fr/jcms/c_866774/fr/endosta-glucosamine-chlorhydrate</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-        <v>15</v>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>30</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="C2" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="D2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="E2" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="H2" t="s">
-        <v>28</v>
+        <v>37</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C3" t="s">
+        <v>39</v>
+      </c>
+      <c r="D3" t="s">
+        <v>40</v>
+      </c>
+      <c r="E3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>42</v>
+      </c>
+      <c r="H3" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D2" t="s">
+        <v>47</v>
+      </c>
+      <c r="E2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>49</v>
+      </c>
+      <c r="H2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C3" t="s">
+        <v>51</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>53</v>
+      </c>
+      <c r="H3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B2" t="s">
+        <v>57</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>59</v>
+      </c>
+      <c r="H2" t="s">
+        <v>60</v>
+      </c>
+      <c r="I2" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B3" t="s">
+        <v>62</v>
+      </c>
+      <c r="C3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>65</v>
+      </c>
+      <c r="H3" t="s">
+        <v>66</v>
+      </c>
+      <c r="I3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>56</v>
+      </c>
+      <c r="B4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>68</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>69</v>
+      </c>
+      <c r="H4" t="s">
+        <v>70</v>
+      </c>
+      <c r="I4" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>56</v>
+      </c>
+      <c r="B5" t="s">
+        <v>71</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>72</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>73</v>
+      </c>
+      <c r="H5" t="s">
+        <v>74</v>
+      </c>
+      <c r="I5" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>75</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>76</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>77</v>
+      </c>
+      <c r="H6" t="s">
+        <v>78</v>
+      </c>
+      <c r="I6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="J1" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>31</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>81</v>
       </c>
       <c r="B2" t="s">
-        <v>33</v>
+        <v>82</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>35</v>
+        <v>84</v>
       </c>
       <c r="H2" t="s">
-        <v>36</v>
+        <v>85</v>
       </c>
       <c r="I2" t="s">
-        <v>37</v>
+        <v>86</v>
       </c>
       <c r="J2" t="s">
-        <v>38</v>
+        <v>87</v>
       </c>
       <c r="K2" t="s">
-        <v>39</v>
+        <v>88</v>
       </c>
       <c r="L2" t="s">
-        <v>40</v>
+        <v>89</v>
       </c>
       <c r="M2" t="s">
-        <v>41</v>
+        <v>90</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>81</v>
       </c>
       <c r="B3" t="s">
-        <v>42</v>
+        <v>91</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>43</v>
+        <v>92</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="H3" t="s">
-        <v>45</v>
+        <v>94</v>
       </c>
       <c r="I3" t="s">
-        <v>46</v>
+        <v>95</v>
       </c>
       <c r="J3" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="K3" t="s">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="L3" t="s">
-        <v>49</v>
+        <v>97</v>
       </c>
       <c r="M3" t="s">
-        <v>50</v>
+        <v>98</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>81</v>
       </c>
       <c r="B4" t="s">
-        <v>51</v>
+        <v>99</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>52</v>
+        <v>100</v>
       </c>
       <c r="H4" t="s">
-        <v>53</v>
+        <v>101</v>
       </c>
       <c r="I4" t="s">
-        <v>54</v>
+        <v>102</v>
       </c>
       <c r="J4" t="s">
-        <v>55</v>
+        <v>103</v>
       </c>
       <c r="K4" t="s">
-        <v>56</v>
+        <v>104</v>
       </c>
       <c r="L4" t="s">
-        <v>57</v>
+        <v>105</v>
       </c>
       <c r="M4" t="s">
-        <v>58</v>
+        <v>106</v>
       </c>
       <c r="N4" t="s">
-        <v>59</v>
+        <v>107</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>81</v>
       </c>
       <c r="B5" t="s">
-        <v>60</v>
+        <v>108</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>61</v>
+        <v>109</v>
       </c>
       <c r="H5" t="s">
-        <v>62</v>
+        <v>110</v>
       </c>
       <c r="I5" t="s">
-        <v>63</v>
+        <v>111</v>
       </c>
       <c r="J5" t="s">
-        <v>64</v>
+        <v>112</v>
       </c>
       <c r="K5" t="s">
-        <v>65</v>
+        <v>113</v>
       </c>
       <c r="L5" t="s">
-        <v>66</v>
+        <v>114</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>81</v>
       </c>
       <c r="B6" t="s">
-        <v>67</v>
+        <v>115</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>68</v>
+        <v>116</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>69</v>
+        <v>117</v>
       </c>
       <c r="H6" t="s">
-        <v>70</v>
+        <v>118</v>
       </c>
       <c r="I6" t="s">
-        <v>37</v>
+        <v>86</v>
       </c>
       <c r="J6" t="s">
-        <v>71</v>
+        <v>119</v>
       </c>
       <c r="K6" t="s">
-        <v>72</v>
+        <v>120</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>