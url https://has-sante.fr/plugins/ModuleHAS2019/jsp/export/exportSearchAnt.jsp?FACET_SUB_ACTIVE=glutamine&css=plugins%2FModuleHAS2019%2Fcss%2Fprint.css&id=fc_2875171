--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,254 +1,2034 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="372" uniqueCount="214">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>PROTIBIS</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>23/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>29/02/2016 17:59:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2611680/fr/protibis</t>
+  </si>
+  <si>
+    <t>c_2611680</t>
+  </si>
+  <si>
+    <t>SOLIDAGES</t>
+  </si>
+  <si>
+    <t>NUTRI-ENERGIE - 17 avril 2012 (4227) avis</t>
+  </si>
+  <si>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2012 09:13:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1222315/fr/nutri-energie-17-avril-2012-4227-avis</t>
+  </si>
+  <si>
+    <t>c_1222315</t>
+  </si>
+  <si>
+    <t>ALISCIENCE (France)</t>
+  </si>
+  <si>
+    <t>NUTRI-ENERGIE + - 17 avril 2012 (4247) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1222317/fr/nutri-energie-17-avril-2012-4247-avis</t>
+  </si>
+  <si>
+    <t>c_1222317</t>
+  </si>
+  <si>
+    <t>AMINOTROPH - 29 novembre 2011 (3903) avis</t>
+  </si>
+  <si>
+    <t>29/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2011 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1101371/fr/aminotroph-29-novembre-2011-3903-avis</t>
+  </si>
+  <si>
+    <t>c_1101371</t>
+  </si>
+  <si>
+    <t>Laboratoires BIOETHIC (France)</t>
+  </si>
+  <si>
+    <t>FRESUBIN DB CONTROL - 12 octobre 2010 (3116) avis</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales (ADDFMS) pour nutrition entérale NUTRITION – Nouveau produit Progrès mineur par rapport aux mélanges polymériques standards pour la prise en charge des patients diabétiques de type 2 dénutris ou à risque de dénutrition. Avis défavorable au remboursement dans la prise en charge des patients intolérants au glucose dénutris ou à risque de dénutrition</t>
+  </si>
+  <si>
+    <t>12/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>22/10/2010 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993544/fr/fresubin-db-control-12-octobre-2010-3116-avis</t>
+  </si>
+  <si>
+    <t>c_993544</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI France</t>
+  </si>
+  <si>
+    <t>REALDIET PEPTIDE - 04 mai 2010 (2414) avis</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales pour nutrition entérale Nutrition– Renouvellement d’inscription Avis défavorable au remboursement pour la restauration ou le maintien de l’état nutrtionnel en cas de malabsorption digestive sévère.</t>
+  </si>
+  <si>
+    <t>04/05/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/05/2010 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_950930/fr/realdiet-peptide-04-mai-2010-2414-avis</t>
+  </si>
+  <si>
+    <t>c_950930</t>
+  </si>
+  <si>
+    <t>Lactalis Nutrition Santé (France)</t>
+  </si>
+  <si>
+    <t>SONDALIS G - CNEDiMTS du 09 février 2010 (2240)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales (ADDFMS) pour nutrition entérale Nutrition – Modification d’inscription Avis défavorable au remboursement pour l’alimentation entérale des diabétiques dont les besoins ne peuvent être couverts par une alimentation normale</t>
+  </si>
+  <si>
+    <t>09/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2010 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_915265/fr/sondalis-g-cnedimts-du-09-fevrier-2010-2240</t>
+  </si>
+  <si>
+    <t>c_915265</t>
+  </si>
+  <si>
+    <t>NESTLE Clinical Nutrition France SAS</t>
+  </si>
+  <si>
+    <t>CLINUTREN PROTECT - CNEDiMTS du 09 février 2010 (2243)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales (ADDFMS) pour nutrition orale Nutrition – Modification d’inscription Avis défavorable au remboursement dans la prise en charge des patients dénutris ou à risque de dénutrition, sous chimiothérapie anticancéreuse, à risque de mucites</t>
+  </si>
+  <si>
+    <t>15/02/2010 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_915270/fr/clinutren-protect-cnedimts-du-09-fevrier-2010-2243</t>
+  </si>
+  <si>
+    <t>c_915270</t>
+  </si>
+  <si>
+    <t>CLINUTREN G - CNEDiMTS du 09 février 2010 (2242)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales (ADDFMS) pour nutrition orale Nutrition – Modification d’inscription Avis défavorable au remboursement</t>
+  </si>
+  <si>
+    <t>15/02/2010 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_915273/fr/clinutren-g-cnedimts-du-09-fevrier-2010-2242</t>
+  </si>
+  <si>
+    <t>c_915273</t>
+  </si>
+  <si>
+    <t>DIBEN - CNEDiMTS du 08 décembre 2009 (2235)</t>
+  </si>
+  <si>
+    <t>08/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2010 17:01:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_901519/fr/diben-cnedimts-du-08-decembre-2009-2235</t>
+  </si>
+  <si>
+    <t>c_901519</t>
+  </si>
+  <si>
+    <t>MODULEN IBD - CNEDiMTS du 08 décembre 2009 (2236)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales pour nutrition orale et entérale Nutrition - Renouvellement d’inscription Progrès mineur chez l’enfant atteint de maladie de Crohn par rapport à la corticothérapie. Pas d’intérêt spécifique chez l’adulte.</t>
+  </si>
+  <si>
+    <t>04/01/2010 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_896360/fr/modulen-ibd-cnedimts-du-08-decembre-2009-2236</t>
+  </si>
+  <si>
+    <t>c_896360</t>
+  </si>
+  <si>
+    <t>CLINUTREN REPAIR - CNEDiMTS du 08 décembre 2009 (2244)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales (ADDFMS) pour nutrition orale Nutrition – Modification d’inscription Pas de progrès par rapport aux autres mélanges polymériques, hyperprotidiques et normoénergétiques.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_896367/fr/clinutren-repair-cnedimts-du-08-decembre-2009-2244</t>
+  </si>
+  <si>
+    <t>c_896367</t>
+  </si>
+  <si>
+    <t>PEPTAMEN - CNEDiMTS du 08 décembre 2009 (2237)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales pour nutrition entérale Nutrition - Renouvellement d’inscription Progrès mineur chez l’enfant atteint de maladie de Crohn par rapport à la corticothérapie.Pas d’intérêt spécifique chez l’adulte.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_896376/fr/peptamen-cnedimts-du-08-decembre-2009-2237</t>
+  </si>
+  <si>
+    <t>c_896376</t>
+  </si>
+  <si>
+    <t>PEPTAMEN HN - CNEDiMTS du 08 décembre 2009 (2239)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales pour nutrition entérale Nutrition - Renouvellement d’inscription Progrès mineur par rapport aux mélanges polymériques dans la prise en charge de patients dénutris ou à risque de dénutrition, uniquement dans une indication : les syndromes de malabsorption. Pas de progrès dans la maladie de Crohn et dans la pancréatite aigue.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_896380/fr/peptamen-hn-cnedimts-du-08-decembre-2009-2239</t>
+  </si>
+  <si>
+    <t>c_896380</t>
+  </si>
+  <si>
+    <t>Produits pour nutrition à domicile et prestations associées</t>
+  </si>
+  <si>
+    <t>27/09/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2006 14:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_479172/fr/produits-pour-nutrition-a-domicile-et-prestations-associees</t>
+  </si>
+  <si>
+    <t>c_479172</t>
+  </si>
+  <si>
+    <t>Ministres</t>
+  </si>
+  <si>
+    <t>Solutés de réhydratation orale (SRO)</t>
+  </si>
+  <si>
+    <t>16/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398439/fr/solutes-de-rehydratation-orale-sro</t>
+  </si>
+  <si>
+    <t>c_398439</t>
+  </si>
+  <si>
+    <t>Direction Générale de la Santé / Direction de la Sécurité Sociale</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge péri-opératoire du patient adulte lors d’une résection hépatique</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est de produire un cadre facilitant la prise en charge péri-opératoire du patient adulte dans le cadre d'une chirurgie de résection hépatique.</t>
+  </si>
+  <si>
+    <t>11/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2025 09:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592435/fr/prise-en-charge-peri-operatoire-du-patient-adulte-lors-d-une-resection-hepatique</t>
+  </si>
+  <si>
+    <t>p_3592435</t>
+  </si>
+  <si>
+    <t>Prise en charge du sepsis du nouveau-né, de l’enfant et de l’adulte : recommandations pour un parcours de soins intégré</t>
+  </si>
+  <si>
+    <t>L'ensemble des acteurs concernés par la prise en charge du sepsis ont élaboré des recommandations dans le but d’améliorer le pronostic du sepsis par l’intermédiaire d’un parcours de soins intégré impliquant la ville et l’hôpital et couvrant la prévention, le dépistage, le diagnostic, le traitement et la réintégration socioprofessionnelle des patients. Ainsi, ce projet coordonné par la Société de réanimation de langue française a été réalisé grâce à la collaboration d’une quinzaine de sociétés savantes avec l’accompagnement de la HAS, qui s’inscrit dans le cadre de la labellisation par la HAS d’une recommandation de bonne pratique.</t>
+  </si>
+  <si>
+    <t>29/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2025 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587144/fr/prise-en-charge-du-sepsis-du-nouveau-ne-de-l-enfant-et-de-l-adulte-recommandations-pour-un-parcours-de-soins-integre</t>
+  </si>
+  <si>
+    <t>p_3587144</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Programmes de récupération améliorée après chirurgie (RAAC)</t>
+  </si>
+  <si>
+    <t>Depuis son émergence dans les années 1990 par l’équipe danoise du Pr. Henrik Kehlet, la récupération améliorée après chirurgie (RAAC) est une approche de prise en charge globale du patient favorisant le rétablissement précoce de ses capacités après la chirurgie. Le rapport d’orientation est conçu pour aider les professionnels à mettre en place de programmes RAAC et à préparer leurs futures évaluations.</t>
+  </si>
+  <si>
+    <t>22/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1763416/fr/programmes-de-recuperation-amelioree-apres-chirurgie-raac</t>
+  </si>
+  <si>
+    <t>c_1763416</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Dysplasie broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient avec DBP constituée à 36 semaines d’APM. Il a été élaboré par le Centre de référence constitutif des maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2023 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457610/fr/dysplasie-broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3457610</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint d’un Syndrome du Grêle Court (SGC) nécessitant un traitement prolongé et spécialisé. Il a été élaboré par le Centre de référence des maladies rares digestives (MaRDi) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2023 18:02:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449629/fr/syndrome-du-grele-court-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3449629</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>MPI-CDG Défaut de glycosylation des glycoprotéines par déficit en phosphomannose isomérase</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie admise en ALD au titre de l’ALD 17 : le déficit en phosphomannose isomérase (PMI), ou MPI-CDG, lié à des mutations dans le gène MPI. Il a été élaboré par la Filières de Santé Maladies Rares G2M et Filfoie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3362759/fr/mpi-cdg-defaut-de-glycosylation-des-glycoproteines-par-deficit-en-phosphomannose-isomerase</t>
+  </si>
+  <si>
+    <t>p_3362759</t>
+  </si>
+  <si>
+    <t>Pseudo Obstructions Intestinales Chroniques (POIC) chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de Pseudo Obstruction Intestinale Chronique (POIC), quel que soit son type et son âge. Il a été élaboré par le Centre de Référence des maladies rares digestives - MaRDi à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300746/fr/pseudo-obstructions-intestinales-chroniques-poic-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3300746</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome du Grêle Court. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293097/fr/syndrome-du-grele-court-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3293097</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy.</t>
+  </si>
+  <si>
+    <t>22/06/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776017/fr/amyotrophie-bulbo-spinale-liee-a-l-x-ou-maladie-de-kennedy</t>
+  </si>
+  <si>
+    <t>c_2776017</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEDiag du 17 juin 2025</t>
+  </si>
+  <si>
+    <t>03/07/2025 08:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634482/fr/cediag-du-17-juin-2025</t>
+  </si>
+  <si>
+    <t>p_3634482</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J17"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+      <c r="I6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" t="s">
+        <v>45</v>
+      </c>
+      <c r="I7" t="s">
+        <v>12</v>
+      </c>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" t="s">
+        <v>49</v>
+      </c>
+      <c r="E8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8" t="s">
+        <v>52</v>
+      </c>
+      <c r="I8" t="s">
+        <v>12</v>
+      </c>
+      <c r="J8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>55</v>
+      </c>
+      <c r="D9" t="s">
+        <v>49</v>
+      </c>
+      <c r="E9" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9" t="s">
+        <v>58</v>
+      </c>
+      <c r="I9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J9" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
+        <v>49</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" t="s">
+        <v>63</v>
+      </c>
+      <c r="I10" t="s">
+        <v>12</v>
+      </c>
+      <c r="J10" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>65</v>
+      </c>
+      <c r="E11" t="s">
+        <v>66</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>67</v>
+      </c>
+      <c r="H11" t="s">
+        <v>68</v>
+      </c>
+      <c r="I11" t="s">
+        <v>12</v>
+      </c>
+      <c r="J11" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" t="s">
+        <v>70</v>
+      </c>
+      <c r="D12" t="s">
+        <v>65</v>
+      </c>
+      <c r="E12" t="s">
+        <v>71</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>72</v>
+      </c>
+      <c r="H12" t="s">
+        <v>73</v>
+      </c>
+      <c r="I12" t="s">
+        <v>12</v>
+      </c>
+      <c r="J12" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>75</v>
+      </c>
+      <c r="D13" t="s">
+        <v>65</v>
+      </c>
+      <c r="E13" t="s">
+        <v>71</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>76</v>
+      </c>
+      <c r="H13" t="s">
+        <v>77</v>
+      </c>
+      <c r="I13" t="s">
+        <v>12</v>
+      </c>
+      <c r="J13" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>78</v>
+      </c>
+      <c r="C14" t="s">
+        <v>79</v>
+      </c>
+      <c r="D14" t="s">
+        <v>65</v>
+      </c>
+      <c r="E14" t="s">
+        <v>71</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>80</v>
+      </c>
+      <c r="H14" t="s">
+        <v>81</v>
+      </c>
+      <c r="I14" t="s">
+        <v>12</v>
+      </c>
+      <c r="J14" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>82</v>
+      </c>
+      <c r="C15" t="s">
+        <v>83</v>
+      </c>
+      <c r="D15" t="s">
+        <v>65</v>
+      </c>
+      <c r="E15" t="s">
+        <v>71</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>84</v>
+      </c>
+      <c r="H15" t="s">
+        <v>85</v>
+      </c>
+      <c r="I15" t="s">
+        <v>12</v>
+      </c>
+      <c r="J15" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>86</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>87</v>
+      </c>
+      <c r="E16" t="s">
+        <v>88</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>89</v>
+      </c>
+      <c r="H16" t="s">
+        <v>90</v>
+      </c>
+      <c r="I16" t="s">
+        <v>12</v>
+      </c>
+      <c r="J16" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>92</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>93</v>
+      </c>
+      <c r="E17" t="s">
+        <v>93</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>94</v>
+      </c>
+      <c r="H17" t="s">
+        <v>95</v>
+      </c>
+      <c r="I17" t="s">
+        <v>12</v>
+      </c>
+      <c r="J17" t="s">
+        <v>96</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>97</v>
+      </c>
+      <c r="B2" t="s">
+        <v>98</v>
+      </c>
+      <c r="C2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D2" t="s">
+        <v>100</v>
+      </c>
+      <c r="E2" t="s">
+        <v>101</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>102</v>
+      </c>
+      <c r="H2" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B3" t="s">
+        <v>104</v>
+      </c>
+      <c r="C3" t="s">
+        <v>105</v>
+      </c>
+      <c r="D3" t="s">
+        <v>106</v>
+      </c>
+      <c r="E3" t="s">
+        <v>107</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>108</v>
+      </c>
+      <c r="H3" t="s">
+        <v>109</v>
+      </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>110</v>
+      </c>
+      <c r="B2" t="s">
+        <v>111</v>
+      </c>
+      <c r="C2" t="s">
+        <v>112</v>
+      </c>
+      <c r="D2" t="s">
+        <v>113</v>
+      </c>
+      <c r="E2" t="s">
+        <v>114</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H2" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B3" t="s">
+        <v>117</v>
+      </c>
+      <c r="C3" t="s">
+        <v>118</v>
+      </c>
+      <c r="D3" t="s">
+        <v>119</v>
+      </c>
+      <c r="E3" t="s">
+        <v>120</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>121</v>
+      </c>
+      <c r="H3" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>110</v>
+      </c>
+      <c r="B4" t="s">
+        <v>123</v>
+      </c>
+      <c r="C4" t="s">
+        <v>124</v>
+      </c>
+      <c r="D4" t="s">
+        <v>125</v>
+      </c>
+      <c r="E4" t="s">
+        <v>126</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>127</v>
+      </c>
+      <c r="H4" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B5" t="s">
+        <v>129</v>
+      </c>
+      <c r="C5" t="s">
+        <v>130</v>
+      </c>
+      <c r="D5" t="s">
+        <v>131</v>
+      </c>
+      <c r="E5" t="s">
+        <v>132</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>133</v>
+      </c>
+      <c r="H5" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>110</v>
+      </c>
+      <c r="B6" t="s">
+        <v>135</v>
+      </c>
+      <c r="C6" t="s">
+        <v>136</v>
+      </c>
+      <c r="D6" t="s">
+        <v>137</v>
+      </c>
+      <c r="E6" t="s">
+        <v>138</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>139</v>
+      </c>
+      <c r="H6" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B7" t="s">
+        <v>141</v>
+      </c>
+      <c r="C7" t="s">
+        <v>142</v>
+      </c>
+      <c r="D7" t="s">
+        <v>143</v>
+      </c>
+      <c r="E7" t="s">
+        <v>144</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>145</v>
+      </c>
+      <c r="H7" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>110</v>
+      </c>
+      <c r="B8" t="s">
+        <v>147</v>
+      </c>
+      <c r="C8" t="s">
+        <v>148</v>
+      </c>
+      <c r="D8" t="s">
+        <v>149</v>
+      </c>
+      <c r="E8" t="s">
+        <v>150</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>151</v>
+      </c>
+      <c r="H8" t="s">
+        <v>152</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>153</v>
+      </c>
+      <c r="B2" t="s">
+        <v>154</v>
+      </c>
+      <c r="C2" t="s">
+        <v>155</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>157</v>
+      </c>
+      <c r="H2" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B3" t="s">
+        <v>159</v>
+      </c>
+      <c r="C3" t="s">
+        <v>160</v>
+      </c>
+      <c r="D3" t="s">
+        <v>161</v>
+      </c>
+      <c r="E3" t="s">
+        <v>162</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>163</v>
+      </c>
+      <c r="H3" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>153</v>
+      </c>
+      <c r="B4" t="s">
+        <v>165</v>
+      </c>
+      <c r="C4" t="s">
+        <v>166</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>167</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>168</v>
+      </c>
+      <c r="H4" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>153</v>
+      </c>
+      <c r="B5" t="s">
+        <v>170</v>
+      </c>
+      <c r="C5" t="s">
+        <v>171</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>172</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>173</v>
+      </c>
+      <c r="H5" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>153</v>
+      </c>
+      <c r="B6" t="s">
+        <v>175</v>
+      </c>
+      <c r="C6" t="s">
+        <v>176</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>177</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>178</v>
+      </c>
+      <c r="H6" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>153</v>
+      </c>
+      <c r="B7" t="s">
+        <v>180</v>
+      </c>
+      <c r="C7" t="s">
+        <v>181</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>182</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>183</v>
+      </c>
+      <c r="H7" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>153</v>
+      </c>
+      <c r="B8" t="s">
+        <v>185</v>
+      </c>
+      <c r="C8" t="s">
+        <v>186</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>187</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>188</v>
+      </c>
+      <c r="H8" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>153</v>
+      </c>
+      <c r="B9" t="s">
+        <v>190</v>
+      </c>
+      <c r="C9" t="s">
+        <v>191</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>192</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>193</v>
+      </c>
+      <c r="H9" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>153</v>
+      </c>
+      <c r="B10" t="s">
+        <v>195</v>
+      </c>
+      <c r="C10" t="s">
+        <v>196</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>197</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>198</v>
+      </c>
+      <c r="H10" t="s">
+        <v>199</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>200</v>
+      </c>
+      <c r="B2" t="s">
+        <v>201</v>
+      </c>
+      <c r="C2" t="s">
+        <v>202</v>
+      </c>
+      <c r="D2" t="s">
+        <v>203</v>
+      </c>
+      <c r="E2" t="s">
+        <v>204</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>205</v>
+      </c>
+      <c r="H2" t="s">
+        <v>206</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>208</v>
+      </c>
+      <c r="B2" t="s">
+        <v>209</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>210</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>211</v>
+      </c>
+      <c r="H2" t="s">
+        <v>212</v>
+      </c>
+      <c r="I2" t="s">
+        <v>213</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>