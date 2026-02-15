--- v0 (2025-11-04)
+++ v1 (2026-02-15)
@@ -1,2034 +1,254 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="372" uniqueCount="214">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>PROTIBIS</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>23/02/2016 00:00:00</t>
-[...284 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...104 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
   </si>
   <si>
     <t>c_546549</t>
-  </si>
-[...199 lines deleted...]
-    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J17"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
-      </c>
-[...544 lines deleted...]
-        <v>109</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...632 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>