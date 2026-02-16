--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,301 +1,2467 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="446" uniqueCount="250">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Studies and Reports</t>
-[...11 lines deleted...]
-    <t>12/01/2020 11:53:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ORAL IMPACT - 13 juillet 2010 (2642) avis</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3221567/en/immunological-and-virological-aspects-of-sars-cov-2-genetic-variability-immune-responses-vaccine-platforms-and-animal-models</t>
+    <t>13/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2010 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973415/fr/oral-impact-13-juillet-2010-2642-avis</t>
+  </si>
+  <si>
+    <t>c_973415</t>
+  </si>
+  <si>
+    <t>NESTLE Clinical Nutrition France SAS</t>
+  </si>
+  <si>
+    <t>IMPACT ENTERAL - 13 juillet 2010 (2641) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973418/fr/impact-enteral-13-juillet-2010-2641-avis</t>
+  </si>
+  <si>
+    <t>c_973418</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+  </si>
+  <si>
+    <t>c_2866458</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Sclérose Latérale Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SLP. Il a été élaboré par le CRMR Constitutif de Coordination SLA et autres maladies du neurone moteur de Tours à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/10/2025 13:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689360/fr/sclerose-laterale-primitive</t>
+  </si>
+  <si>
+    <t>p_3689360</t>
+  </si>
+  <si>
+    <t>Syndrome d’Alport</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SA. Il a été élaboré par le Centre de Référence MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/10/2025 11:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689000/fr/syndrome-d-alport</t>
+  </si>
+  <si>
+    <t>p_3689000</t>
+  </si>
+  <si>
+    <t>Syndromes de Willebrand acquis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWA (ALD 11 : hémophilie et affectations de l’hémostase graves). Il a été élaboré par le Centre de Référence Maladie de Willebrand à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/05/2025 12:27:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602131/fr/syndromes-de-willebrand-acquis</t>
+  </si>
+  <si>
+    <t>p_3602131</t>
+  </si>
+  <si>
+    <t>Achondroplasie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ACH. Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/04/2025 16:14:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602116/fr/achondroplasie</t>
+  </si>
+  <si>
+    <t>p_3602116</t>
+  </si>
+  <si>
+    <t>Le syndrome de Stickler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Stickler. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3579060/fr/le-syndrome-de-stickler</t>
+  </si>
+  <si>
+    <t>p_3579060</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Hyperoxalurie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hyperoxalurie. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403890/fr/hyperoxalurie</t>
+  </si>
+  <si>
+    <t>p_3403890</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Myopathies reliées au collagène VI</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de myopathies liées au collagène de type VI (COLVI). Il a été élaboré par le Centre de Référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376221/fr/myopathies-reliees-au-collagene-vi</t>
+  </si>
+  <si>
+    <t>p_3376221</t>
+  </si>
+  <si>
+    <t>Le spectre des maladies à anticorps anti-MOG</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MOGAD. Il a été élaboré par le Centre de Référence Maladies Inflammatoires Rares du Cerveau Et de la Moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382586/fr/le-spectre-des-maladies-a-anticorps-anti-mog</t>
+  </si>
+  <si>
+    <t>p_3382586</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Sclérose Tubéreuse de Bourneville</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une Sclérose Tubéreuse de Bourneville. Il a été élaboré par le Centre de Référence des Epilepsies Rares du CHU de Lille et de Necker Enfants Malades à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293728/fr/sclerose-tubereuse-de-bourneville</t>
+  </si>
+  <si>
+    <t>p_3293728</t>
+  </si>
+  <si>
+    <t>Arthrogryposes multiples congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrogrypose multiple congénitale. Il a été élaboré par le Centre de référence Anomalies du développement embryonnaire et Syndromes Malformatifs et Maladies neuromusculaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292837/fr/arthrogryposes-multiples-congenitales</t>
+  </si>
+  <si>
+    <t>p_3292837</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Déficits de synthèse des acides biliaires primaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de déficits de synthèse des acides biliaires primaires.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121124/fr/deficits-de-synthese-des-acides-biliaires-primaires</t>
+  </si>
+  <si>
+    <t>p_3121124</t>
+  </si>
+  <si>
+    <t>ALD n°17 - Mucopolysaccharidose de type I</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 17 : « Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé ». Ce PNDS est limité à la mucopolysaccharidose de type I (MPS I).</t>
+  </si>
+  <si>
+    <t>13/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2007 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_569717/fr/ald-n17-mucopolysaccharidose-de-type-i</t>
+  </si>
+  <si>
+    <t>c_569717</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
+  </si>
+  <si>
+    <t>À la demande de la société française d’anesthésie-réanimation (SFAR) et du collectif national des associations d’obèse (CNAO), la HAS a élaboré des recommandations de bonnes pratiques sur la gestion du capital sanguin en pré, per et post opératoire et en obstétrique. Il s'agit d'une démarche innovante qui permet d’optimiser la prise en charge des patients devant avoir une intervention chirurgicale à risque hémorragique.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2022 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193968/fr/gestion-du-capital-sanguin-en-pre-per-et-post-operatoire-et-en-obstetrique</t>
+  </si>
+  <si>
+    <t>p_3193968</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral - aspects médicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge thérapeutique des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée. Les questions abordées sont les suivantes : 1. Diagnostic de l’AVC, de sa nature et de son territoire 2. Surveillance initiale neurologique et des paramètres vitaux 3. Prise en charge des complications générales 4. Prise en charge des complications neurologiques 5. Traitement de l’AVC ischémique artériel 6. Traitement des thromboses veineuses cérébrales 7. Indications du traitement neurochirurgical 8. Indications de la prise en charge en réanimation médicale 9. Unités neurovasculaires 10. Organisation de la filière de soins, prise en charge préhospitalière</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
+  </si>
+  <si>
+    <t>c_272249</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2022</t>
+  </si>
+  <si>
+    <t>13/04/2022 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331579/fr/commission-de-la-transparence-reunion-du-20-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3331579</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d’admission en affections de longue durée (ALD) - Décembre 2007</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a rendu un avis sur la liste et les critères médicaux d’admission en affection de longue durée - ALD. Cet avis avait été annoncé dans la recommandation initiale de mai 2006 qui accompagnait la diffusion des premiers guides et listes. Il porte aujourd’hui sur la vingtaine de maladies pour lesquelles la HAS a depuis publié des guides et des listes d’actes et de prestations. Dans cet avis, la HAS confirme que le système actuel est inadapté. Il s’efforce, en effet, de poursuivre à l’aide d’un même outil deux objectifs distincts : un objectif social (neutraliser l’impact des gros restes à charge) et un objectif médical (assurer un suivi médical de qualité pour les malades chroniques). La HAS note avec attention que le débat sur les ALD est aujourd’hui largement engagé, grâce notamment à la réflexion menée sur un dispositif de type « bouclier sanitaire » pour le volet social. C’est dans l’objectif de prolonger cette réflexion collective que cet avis a été conçu. Aussi les propositions qui visent à éclairer les choix des pouvoirs publics en la matière sont-elles présentées sous forme de trois scénarios.</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>02/01/2008 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810262/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affections-de-longue-duree-ald-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_810262</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Aspects immunologiques et virologiques de l’infection par le SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>Lorsqu’un ou des vaccins contre le SARS-CoV-2 auront obtenu une autorisation de mise sur le marché, la HAS devra rendre un avis sur ces vaccins, dans les meilleurs délais, au vu des données déposées par les industriels et devra adopter une stratégie vaccinale, afin de poser les jalons de la campagne de vaccination qui sera organisée en France. Afin d’anticiper l’évaluation des différents vaccins, en particulier l’analyse des résultats des essais cliniques, une synthèse des connaissances a été conduite sur différents aspects de la réponse immunitaire au cours de l’infection par SARS-CoV-2 (variabilité génétique du virus, réponses immunitaires, plateformes vaccinales, modèles animaux, etc.). Ce document sera actualisé en fonction de l’état d’avancement des connaissances sur le SARS-Cov2.</t>
+  </si>
+  <si>
+    <t>01/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2020 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221567/fr/aspects-immunologiques-et-virologiques-de-l-infection-par-le-sars-cov-2</t>
   </si>
   <si>
     <t>p_3221567</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...38 lines deleted...]
-    <t>c_272249</t>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Élargissement des critères d'éligibilité à la vaccination antipneumococcique chez les adultes - Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>La HAS publie ce jour la recommandation pour la vaccination contre les infections à pneumocoques chez les adultes séniors, tous niveaux de risque inclus.</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2025 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586414/fr/elargissement-des-criteres-d-eligibilite-a-la-vaccination-antipneumococcique-chez-les-adultes-recommandation-vaccinale</t>
+  </si>
+  <si>
+    <t>p_3586414</t>
+  </si>
+  <si>
+    <t>Nécessité des rappels vaccinaux chez l'enfant - Exigibilité des vaccinations en collectivité</t>
+  </si>
+  <si>
+    <t>Suite à la concertation citoyenne sur la vaccination, la Ministre des Solidarités et de la Santé a souhaité rendre obligatoire l’ensemble des vaccinations de la petite enfance pour les enfants nés après le 1er janvier 2018. A compter de cette date, les 8 valences actuellement recommandées (la coqueluche, l’hépatite B, la rougeole, les oreillons, la rubéole, le méningocoque C et les infections à Haemophilius influenza B et pneumocoques) devraient donc s’ajouter aux 3 valences déjà obligatoires en France (la diphtérie, le tétanos et la poliomyélite).</t>
+  </si>
+  <si>
+    <t>30/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2018 10:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2815700/fr/necessite-des-rappels-vaccinaux-chez-l-enfant-exigibilite-des-vaccinations-en-collectivite</t>
+  </si>
+  <si>
+    <t>c_2815700</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>KABIVEN - PERIKABIVEN (alanine/ acides aminés et électrolytes (Vamin 18 Novum)/ acide glutami...)</t>
+  </si>
+  <si>
+    <t>19/02/2018 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983377/fr/kabiven-perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>pprd_2983377</t>
+  </si>
+  <si>
+    <t>alanine,acides aminés et électrolytes (Vamin 18 Novum),acide glutamique,arginine,aspartique (acide),calcium (chlorure de) dihydraté,émulsion lipidique (Intralipide 20%),glucose,glucose monohydraté,glycine,histidine,isoleucine,leucine,lysine (chlorhydrate de),magnésium (sulfate de) heptahydraté,méthionine,phénylalanine,potassium (chlorure de),proline,sérine,soja (huile de) raffinée,thréonine,tryptophane L,tyrosine,sodium (acétate de) trihydraté,sodium (glycerophosphate de),valine</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322227/fr/kabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829055/fr/kabiven-perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322502/fr/perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523276/fr/perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398910/fr/perikabiven-900-kcal-emulsion-pour-perfusion-1440-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-4-perikabiven-1200-kcal-emulsion-pour-perfusion-1920-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-2-perikabiven-1500-kcal-emulsion-pour-perfusion-2400-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-2</t>
+  </si>
+  <si>
+    <t>AMINOMIX (arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lys...)</t>
+  </si>
+  <si>
+    <t>20/09/2017 09:37:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983531/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>pprd_2983531</t>
+  </si>
+  <si>
+    <t>arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lysine (chlorhydrate de), sérine, tyrosine, taurine, isoleucine, glucose monohydraté, acétique glacial (acide),calcium (chlorure de) dihydraté, phénylalanine, magnésium (chlorure de) hexahydraté, leucine, glycine, tryptophane L, zinc (chlorure de), proline, thréonine, valine, méthionine, histidine, chlorhydrique (acide),isoleucine, leucine, lysine, méthionine, phénylalanine, thréonine, tryptophane, valine, arginine, histidine, glycine, sérine, tyrosine, taurine, alanine, proline, glycérophosphate de sodium, acide chlorhydrique 25%, glucose, chlorure de sodium, chlorure de calcium, chlorure de magnésium, chlorure de zinc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400963/fr/aminomix-1-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-315-3-poche-bicompartimentee-de-1500-ml-cip-372-317-6-poche-bicompartimentee-de-2000-ml-cip-372-318-2-aminomix-2-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-319-9-poche-bicompartimentee-de-1500-ml-cip-372-320-7-poche-bicompartimentee-de-2000-ml-cip-372-321-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332093/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794094/fr/aminomix-isoleucine-leucine-lysine-methionine-phenylalanine-threonine</t>
+  </si>
+  <si>
+    <t>AMIPED (arginine, phénylalanine, alanine, tryptophane L, sérine, aspartique (a...)</t>
+  </si>
+  <si>
+    <t>02/10/2015 15:09:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984415/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
+  </si>
+  <si>
+    <t>pprd_2984415</t>
+  </si>
+  <si>
+    <t>arginine, phénylalanine, alanine, tryptophane L, sérine, aspartique (acide), glycine, leucine, acétyltyrosine,,lysine monohydratée, acétylcystéine, proline, taurine, acide glutamique, thréonine, valine, histidine, méthionine, isoleucine</t>
+  </si>
+  <si>
+    <t>B BRAUN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558850/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
+  </si>
+  <si>
+    <t>AMINOPLASMAL (arginine/ phénylalanine/ alanine/ tryptophane L/ sérine/ aspartique (a...)</t>
+  </si>
+  <si>
+    <t>15/06/2015 17:40:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984519/fr/aminoplasmal-arginine/-phenylalanine/-alanine/-tryptophane-l/-serine/-aspartique-a</t>
+  </si>
+  <si>
+    <t>pprd_2984519</t>
+  </si>
+  <si>
+    <t>arginine,phénylalanine,alanine,tryptophane L,sérine,aspartique (acide),glycine,leucine,tyrosine,lysine monohydratée,acétylcystéine,proline,acide glutamique,thréonine,valine,histidine,méthionine,isoleucine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038283/fr/aminoplasmal-arginine/-phenylalanine/-alanine/-tryptophane-l/-serine/-aspartique-a</t>
+  </si>
+  <si>
+    <t>FER (complexe d’hydroxyde ferrique-saccharose/ sulfate ferreux/ glycine pentahydrate)</t>
+  </si>
+  <si>
+    <t>12/11/2014 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984673/fr/fer-complexe-d-hydroxyde-ferrique-saccharose/-sulfate-ferreux/-glycine-pentahydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984673</t>
+  </si>
+  <si>
+    <t>complexe d’hydroxyde ferrique-saccharose,complexe ferreux (sulfate),glycine pentahydrate</t>
+  </si>
+  <si>
+    <t>PANPHARMA/ ASSISTANCE PUBLIQUE - HOPITAUX DE PARIS (AP-HP)/ SCHWARZ PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400305/fr/fer-ferreux-schwarz-pharma-100-mg-complexe-ferreux-sulfate-/-glycine-pentahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401024/fr/fer-ap-hp-0-5-mg-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774151/fr/fer-panpharma-complexe-d-hydroxyde-ferrique-saccharose</t>
+  </si>
+  <si>
+    <t>NP2 ENFANTS AP-HP (alanine/ arginine/ aspartique (acide)/ dihydrate lysine (chlorhydrate ...)</t>
+  </si>
+  <si>
+    <t>29/03/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985588/fr/np2-enfants-ap-hp-alanine/-arginine/-aspartique-acide-/-dihydrate-lysine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985588</t>
+  </si>
+  <si>
+    <t>alanine,arginine,aspartique (acide),dihydrate lysine (chlorhydrate de),glucose monohydrate glutamique (acide),glycine,hexahydrate cystéine (chlorhydrate de),histidine,hydrate magnésium (lactate de),isoleucine,leucine,magnésium (chlorure de),méthionine,phénylalanine,phosphate dipotassique calcium (gluconate de),potassium (chlorure de),proline,sodium (hydroxyde de),sodium (gluconate de),thréonine,tryptophane,tyrosine,serine,valine</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400985/fr/np2-enfants-ap-hp-solution-pour-perfusion-flacons-en-verre-de-500-ml-cip-567-667-6</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement</t>
+  </si>
+  <si>
+    <t>Ce travail répond à la mesure 1 du Plan Autisme. L’objectif de cette mesure est d’élaborer un corpus de connaissances commun sur l’autisme. Plus précisément, ce travail a permis d’identifier les messages-clés permettant de diffuser les connaissances relatives : à la définition de l’autisme et des autres TED et leurs différentes formes cliniques ; aux données épidémiologiques et facteurs associés à l’autisme et autres TED ; aux spécificités du fonctionnement de la personne avec TED ; aux outils d’évaluation du fonctionnement à disposition des professionnels (outils de repérage, de diagnostic, de suivi de l'évolution) ; aux interventions proposées (description, objectifs, critères de jugement de l’efficacité).</t>
+  </si>
+  <si>
+    <t>24/03/2010 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935617/fr/autisme-et-autres-troubles-envahissants-du-developpement</t>
+  </si>
+  <si>
+    <t>c_935617</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
+        <v>18</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
         <v>17</v>
       </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>193</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>195</v>
+      </c>
+      <c r="B2" t="s">
+        <v>196</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>197</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>198</v>
+      </c>
+      <c r="H2" t="s">
+        <v>199</v>
+      </c>
+      <c r="I2" t="s">
+        <v>200</v>
+      </c>
+      <c r="J2" t="s">
+        <v>201</v>
+      </c>
+      <c r="K2" t="s">
+        <v>202</v>
+      </c>
+      <c r="L2" t="s">
+        <v>203</v>
+      </c>
+      <c r="M2" t="s">
+        <v>204</v>
+      </c>
+      <c r="N2" t="s">
+        <v>205</v>
+      </c>
+      <c r="O2" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>195</v>
+      </c>
+      <c r="B3" t="s">
+        <v>207</v>
+      </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>208</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>209</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>210</v>
+      </c>
+      <c r="I3" t="s">
+        <v>211</v>
+      </c>
+      <c r="J3" t="s">
+        <v>201</v>
+      </c>
+      <c r="K3" t="s">
+        <v>212</v>
+      </c>
+      <c r="L3" t="s">
+        <v>213</v>
+      </c>
+      <c r="M3" t="s">
+        <v>214</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>195</v>
+      </c>
+      <c r="B4" t="s">
+        <v>215</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>216</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>217</v>
+      </c>
+      <c r="H4" t="s">
+        <v>218</v>
+      </c>
+      <c r="I4" t="s">
+        <v>219</v>
+      </c>
+      <c r="J4" t="s">
+        <v>220</v>
+      </c>
+      <c r="K4" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>195</v>
+      </c>
+      <c r="B5" t="s">
+        <v>222</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>223</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>224</v>
+      </c>
+      <c r="H5" t="s">
+        <v>225</v>
+      </c>
+      <c r="I5" t="s">
+        <v>226</v>
+      </c>
+      <c r="J5" t="s">
+        <v>220</v>
+      </c>
+      <c r="K5" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B6" t="s">
+        <v>228</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>229</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>230</v>
+      </c>
+      <c r="H6" t="s">
+        <v>231</v>
+      </c>
+      <c r="I6" t="s">
+        <v>232</v>
+      </c>
+      <c r="J6" t="s">
+        <v>233</v>
+      </c>
+      <c r="K6" t="s">
+        <v>234</v>
+      </c>
+      <c r="L6" t="s">
+        <v>235</v>
+      </c>
+      <c r="M6" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>195</v>
+      </c>
+      <c r="B7" t="s">
+        <v>237</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>238</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>239</v>
+      </c>
+      <c r="H7" t="s">
+        <v>240</v>
+      </c>
+      <c r="I7" t="s">
+        <v>241</v>
+      </c>
+      <c r="J7" t="s">
+        <v>242</v>
+      </c>
+      <c r="K7" t="s">
+        <v>243</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>244</v>
+      </c>
+      <c r="B2" t="s">
+        <v>245</v>
+      </c>
+      <c r="C2" t="s">
+        <v>246</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>247</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>248</v>
+      </c>
+      <c r="H2" t="s">
+        <v>249</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C2" t="s">
         <v>23</v>
       </c>
+      <c r="D2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H20"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
       <c r="B4" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="C4" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="D4" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="H4" t="s">
-        <v>29</v>
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>52</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>57</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>58</v>
+      </c>
+      <c r="H6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>62</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>63</v>
+      </c>
+      <c r="H7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>67</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>68</v>
+      </c>
+      <c r="H8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>34</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>72</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>73</v>
+      </c>
+      <c r="H9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>77</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>34</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>81</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>82</v>
+      </c>
+      <c r="H11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>34</v>
+      </c>
+      <c r="B12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" t="s">
+        <v>85</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>86</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>87</v>
+      </c>
+      <c r="H12" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>34</v>
+      </c>
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>91</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>92</v>
+      </c>
+      <c r="H13" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>34</v>
+      </c>
+      <c r="B14" t="s">
+        <v>94</v>
+      </c>
+      <c r="C14" t="s">
+        <v>95</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>96</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>97</v>
+      </c>
+      <c r="H14" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" t="s">
+        <v>99</v>
+      </c>
+      <c r="C15" t="s">
+        <v>100</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>101</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>102</v>
+      </c>
+      <c r="H15" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
+        <v>104</v>
+      </c>
+      <c r="C16" t="s">
+        <v>105</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>106</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>107</v>
+      </c>
+      <c r="H16" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>34</v>
+      </c>
+      <c r="B17" t="s">
+        <v>109</v>
+      </c>
+      <c r="C17" t="s">
+        <v>110</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>111</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>112</v>
+      </c>
+      <c r="H17" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" t="s">
+        <v>114</v>
+      </c>
+      <c r="C18" t="s">
+        <v>115</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>117</v>
+      </c>
+      <c r="H18" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>34</v>
+      </c>
+      <c r="B19" t="s">
+        <v>119</v>
+      </c>
+      <c r="C19" t="s">
+        <v>120</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>121</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>122</v>
+      </c>
+      <c r="H19" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>34</v>
+      </c>
+      <c r="B20" t="s">
+        <v>124</v>
+      </c>
+      <c r="C20" t="s">
+        <v>125</v>
+      </c>
+      <c r="D20" t="s">
+        <v>126</v>
+      </c>
+      <c r="E20" t="s">
+        <v>127</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>128</v>
+      </c>
+      <c r="H20" t="s">
+        <v>129</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B2" t="s">
+        <v>131</v>
+      </c>
+      <c r="C2" t="s">
+        <v>132</v>
+      </c>
+      <c r="D2" t="s">
+        <v>133</v>
+      </c>
+      <c r="E2" t="s">
+        <v>134</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>135</v>
+      </c>
+      <c r="H2" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B3" t="s">
+        <v>137</v>
+      </c>
+      <c r="C3" t="s">
+        <v>138</v>
+      </c>
+      <c r="D3" t="s">
+        <v>139</v>
+      </c>
+      <c r="E3" t="s">
+        <v>140</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>141</v>
+      </c>
+      <c r="H3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>130</v>
+      </c>
+      <c r="B4" t="s">
+        <v>143</v>
+      </c>
+      <c r="C4" t="s">
+        <v>144</v>
+      </c>
+      <c r="D4" t="s">
+        <v>145</v>
+      </c>
+      <c r="E4" t="s">
+        <v>146</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>147</v>
+      </c>
+      <c r="H4" t="s">
+        <v>148</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>149</v>
+      </c>
+      <c r="B2" t="s">
+        <v>150</v>
+      </c>
+      <c r="C2" t="s">
+        <v>151</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>152</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>153</v>
+      </c>
+      <c r="H2" t="s">
+        <v>154</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>156</v>
+      </c>
+      <c r="B2" t="s">
+        <v>157</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>158</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>159</v>
+      </c>
+      <c r="H2" t="s">
+        <v>160</v>
+      </c>
+      <c r="I2" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B3" t="s">
+        <v>162</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>163</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>164</v>
+      </c>
+      <c r="H3" t="s">
+        <v>165</v>
+      </c>
+      <c r="I3" t="s">
+        <v>161</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>166</v>
+      </c>
+      <c r="B2" t="s">
+        <v>167</v>
+      </c>
+      <c r="C2" t="s">
+        <v>168</v>
+      </c>
+      <c r="D2" t="s">
+        <v>169</v>
+      </c>
+      <c r="E2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>171</v>
+      </c>
+      <c r="H2" t="s">
+        <v>172</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>173</v>
+      </c>
+      <c r="B2" t="s">
+        <v>174</v>
+      </c>
+      <c r="C2" t="s">
+        <v>175</v>
+      </c>
+      <c r="D2" t="s">
+        <v>176</v>
+      </c>
+      <c r="E2" t="s">
+        <v>177</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>178</v>
+      </c>
+      <c r="H2" t="s">
+        <v>179</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>180</v>
+      </c>
+      <c r="B2" t="s">
+        <v>181</v>
+      </c>
+      <c r="C2" t="s">
+        <v>182</v>
+      </c>
+      <c r="D2" t="s">
+        <v>183</v>
+      </c>
+      <c r="E2" t="s">
+        <v>184</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>185</v>
+      </c>
+      <c r="H2" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>180</v>
+      </c>
+      <c r="B3" t="s">
+        <v>187</v>
+      </c>
+      <c r="C3" t="s">
+        <v>188</v>
+      </c>
+      <c r="D3" t="s">
+        <v>189</v>
+      </c>
+      <c r="E3" t="s">
+        <v>190</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>191</v>
+      </c>
+      <c r="H3" t="s">
+        <v>192</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>