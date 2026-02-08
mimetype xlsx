--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="72">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -87,50 +87,65 @@
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3545370/fr/examens-bases-sur-l-adn-libre-circulant-realises-dans-le-cadre-du-depistage-de-la-trisomie-21-opportunite-du-reperage-d-autres-anomalies-chromosomiques</t>
   </si>
   <si>
     <t>p_3545370</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Syndrome Prader Willi</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
   </si>
   <si>
     <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Comment mieux informer les femmes enceintes ?</t>
   </si>
   <si>
     <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
   </si>
   <si>
     <t>01/04/2005 00:00:00</t>
   </si>
   <si>
     <t>01/04/2005 00:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
@@ -338,51 +353,51 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -394,375 +409,401 @@
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>20</v>
       </c>
       <c r="H2" t="s">
         <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C2" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D2" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="E2" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="H2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="I2" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B3" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="H3" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="I3" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="J1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="K1" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B2" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="H2" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="I2" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="J2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B3" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="I3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="K3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="L3" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="M3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="N3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B4" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H4" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="I4" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="J4" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="K4" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>