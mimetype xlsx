--- v0 (2025-10-05)
+++ v1 (2025-12-21)
@@ -1,207 +1,943 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="86">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/21/2007 15:10:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Appareils de neurostimulation électrique transcutanée (TENS)</t>
+  </si>
+  <si>
+    <t>Avis de projet de modification des modalités de prise en charge des dispositifs médicaux et prestations associées pour la prise en charge de la neurostimulation électrique transcutanée visée à la sous-section 2 de la section 7 du chapitre 1er du titre I de la liste prévue à l’article L. 165-1 (LPP) du code de la sécurité sociale publié au journal officiel le 16 avril 2019 et faisant suite à la phase contradictoire prévue à l’article R.165-9 du code de la sécurité sociale.</t>
+  </si>
+  <si>
+    <t>03/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>18/09/2019 11:35:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+    <t>https://www.has-sante.fr/jcms/p_3106043/fr/appareils-de-neurostimulation-electrique-transcutanee-tens</t>
+  </si>
+  <si>
+    <t>p_3106043</t>
+  </si>
+  <si>
+    <t>Neurostimulation électrique transcutanée (TENS)</t>
+  </si>
+  <si>
+    <t>PII (PYROCARBON INTERPOSITION IMPLANT)</t>
+  </si>
+  <si>
+    <t>09/06/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>12/06/2009 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810528/fr/pii-pyrocarbon-interposition-implant</t>
+  </si>
+  <si>
+    <t>c_810528</t>
+  </si>
+  <si>
+    <t>BIOPROFILE S.A.S. (France)</t>
+  </si>
+  <si>
+    <t>TENS</t>
+  </si>
+  <si>
+    <t>17/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>17/02/2009 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_756272/fr/tens</t>
+  </si>
+  <si>
+    <t>c_756272</t>
+  </si>
+  <si>
+    <t>Ministre</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
+  </si>
+  <si>
+    <t>28/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215112/fr/label-surveillance-medico-professionnelle-des-travailleurs-exposes-ou-ayant-ete-exposes-a-la-silice-cristalline</t>
+  </si>
+  <si>
+    <t>p_3215112</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
   </si>
   <si>
     <t>c_533480</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des orthèses plantaires et des coques talonnières</t>
+  </si>
+  <si>
+    <t>En s’appuyant essentiellement sur la position du groupe de travail, compte tenu du caractère parcellaire et des limites de la littérature disponible, la CNEDiMTS confirme l’intérêt des orthèses plantaires sur mesure, ainsi que celui des coques talonnières.</t>
+  </si>
+  <si>
+    <t>17/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849694/fr/evaluation-des-ortheses-plantaires-et-des-coques-talonnieres</t>
+  </si>
+  <si>
+    <t>c_2849694</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses totales de hanche à couple de frottement métal-métal</t>
+  </si>
+  <si>
+    <t>L’objectif est de réévaluer l’intérêt des prothèses totales de hanche à couple de frottement métal-métal inscrites sous nom de marque sur la liste des produits et prestations remboursables (LPPR) afin de déterminer si leur prise en charge par la collectivité reste justifiée.</t>
+  </si>
+  <si>
+    <t>01/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2013 18:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251608/fr/evaluation-des-protheses-totales-de-hanche-a-couple-de-frottement-metal-metal</t>
+  </si>
+  <si>
+    <t>c_1251608</t>
+  </si>
+  <si>
+    <t>Évaluation des appareils de neurostimulation électrique transcutanée (TENS)</t>
+  </si>
+  <si>
+    <t>Ce travail a pour objet de réévaluer les appareils TENS, afin de s’assurer du bien fondé de leur remboursement. Cette réévaluation vise notamment à : évaluer le service rendu des TENS en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits ; définir les indications et les situations cliniques d’utilisation des différents types de TENS ; définir les modalités d’inscription des produits sur la LPPR ; déterminer les conditions d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2009 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_857722/fr/evaluation-des-appareils-de-neurostimulation-electrique-transcutanee-tens</t>
+  </si>
+  <si>
+    <t>c_857722</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 3 septembre 2019</t>
+  </si>
+  <si>
+    <t>27/08/2019 17:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098326/fr/cnedimts-reunion-du-3-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3098326</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Évaluation fonctionnelle de l'AVC et kinésithérapie</t>
+  </si>
+  <si>
+    <t>Les critères d’évaluation permettent d’améliorer la pratique professionnelle</t>
+  </si>
+  <si>
+    <t>02/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272517/fr/evaluation-fonctionnelle-de-l-avc-et-kinesitherapie</t>
+  </si>
+  <si>
+    <t>c_272517</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>GRAPHITES BOIRON (graphite pour préparations homéopathiques)</t>
+  </si>
+  <si>
+    <t>30/10/2013 17:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984880/fr/graphites-boiron-graphite-pour-preparations-homeopathiques</t>
+  </si>
+  <si>
+    <t>pprd_2984880</t>
+  </si>
+  <si>
+    <t>graphite pour préparations homéopathiques</t>
+  </si>
+  <si>
+    <t>BOIRON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_732251/fr/graphites-boiron-graphite-pour-preparations-homeopathiques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652852/fr/graphites-boiron-graphite-pour-preparations-homeopathiques</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>10</v>
       </c>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>15</v>
+      </c>
+      <c r="J3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>15</v>
+      </c>
+      <c r="J4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>36</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D3" t="s">
+        <v>39</v>
+      </c>
+      <c r="E3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>41</v>
+      </c>
+      <c r="H3" t="s">
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H2" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B3" t="s">
+        <v>50</v>
+      </c>
+      <c r="C3" t="s">
+        <v>51</v>
+      </c>
+      <c r="D3" t="s">
+        <v>52</v>
+      </c>
+      <c r="E3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>54</v>
+      </c>
+      <c r="H3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>56</v>
+      </c>
+      <c r="C4" t="s">
+        <v>57</v>
+      </c>
+      <c r="D4" t="s">
+        <v>58</v>
+      </c>
+      <c r="E4" t="s">
+        <v>59</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>60</v>
+      </c>
+      <c r="H4" t="s">
+        <v>61</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>66</v>
+      </c>
+      <c r="H2" t="s">
+        <v>67</v>
+      </c>
+      <c r="I2" t="s">
+        <v>68</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C2" t="s">
+        <v>71</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>73</v>
+      </c>
+      <c r="H2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>75</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B2" t="s">
+        <v>78</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>80</v>
+      </c>
+      <c r="H2" t="s">
+        <v>81</v>
+      </c>
+      <c r="I2" t="s">
+        <v>82</v>
+      </c>
+      <c r="J2" t="s">
+        <v>83</v>
+      </c>
+      <c r="K2" t="s">
+        <v>84</v>
+      </c>
+      <c r="L2" t="s">
+        <v>85</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>