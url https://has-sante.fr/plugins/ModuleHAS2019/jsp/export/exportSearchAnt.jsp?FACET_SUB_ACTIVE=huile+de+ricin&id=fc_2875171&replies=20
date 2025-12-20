--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -1,207 +1,492 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="38">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>07/22/2014 15:42:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>AEQUASYAL</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>09/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2016 11:56:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610790/fr/aequasyal</t>
+  </si>
+  <si>
+    <t>c_2610790</t>
+  </si>
+  <si>
+    <t>EISAI SAS</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>La kératoconjonctivite vernale KCV</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une kératoconjonctivite vernale. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382572/fr/la-keratoconjonctivite-vernale-kcv</t>
+  </si>
+  <si>
+    <t>p_3382572</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Transfusion de plasma thérapeutique : produits, indications</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les indications cliniques du plasma thérapeutique, ainsi que les situations dans lesquelles son utilisation n’est pas recommandée.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2012 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264081/fr/transfusion-de-plasma-therapeutique-produits-indications</t>
+  </si>
+  <si>
+    <t>c_1264081</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>29</v>
+      </c>
+      <c r="H2" t="s">
+        <v>30</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H2" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>