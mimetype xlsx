--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,1405 +1,435 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="251" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="37">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>NEOCATE SYNEO</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>20/07/2021 00:00:00</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_865378/fr/evaluation-des-implants-mammaires-protheses-d-expansion-tissulaire-et-protheses-externes-de-sein</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of breast implants, tissue expanders and external breast prostheses</t>
+  </si>
+  <si>
+    <t>The aim of this current project is to revise the categories “External breast prosthesis, breast implant, tissue expander”, in order to support reimbursement decision by the French National Insurance Funds.</t>
+  </si>
+  <si>
+    <t>05/26/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>01/17/2011 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_865378/en/assessment-of-breast-implants-tissue-expanders-and-external-breast-prostheses</t>
   </si>
   <si>
     <t>c_865378</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...128 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3224072/fr/smoflipid-huile-de-soja-raffinee/-triglycerides-a-chaine-moyenne/-huile-d-olive</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>PIASCLEDINE (insaponifiable d’huile d’avocat/ insaponifiable d’huile de soja)</t>
   </si>
   <si>
-    <t>25/07/2013 15:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984951/fr/piascledine-insaponifiable-d-huile-d-avocat/-insaponifiable-d-huile-de-soja</t>
+    <t>07/25/2013 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984951/en/piascledine-insaponifiable-d-huile-d-avocat/-insaponifiable-d-huile-de-soja</t>
   </si>
   <si>
     <t>pprd_2984951</t>
   </si>
   <si>
     <t>insaponifiable d’huile d’avocat,insaponifiable d’huile de soja</t>
   </si>
   <si>
     <t>EXPANSCIENCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400942/fr/piascledine-300-mg-geluleboite-de-15-gelules-321-495-4</t>
-[...71 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_455904/fr/lipidem-triglycerides-a-chaine-moyenne/-huile-de-soja-purifiee/-triglycerides-a-acide-gras-de-la-serie-omega-3</t>
+    <t>https://www.has-sante.fr/jcms/c_400942/en/piascledine-300-mg-geluleboite-de-15-gelules-321-495-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725102/en/piascledine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106850/en/piascledine-insaponifiable-d-huile-d-avocat/-insaponifiable-d-huile-de-soja</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356131/en/piascledine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J6"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
-[...135 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:N2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>23</v>
+      </c>
+      <c r="J1" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="H2" t="s">
-        <v>53</v>
-[...134 lines deleted...]
-        <v>66</v>
+        <v>30</v>
       </c>
       <c r="I2" t="s">
-        <v>67</v>
-[...251 lines deleted...]
-        <v>100</v>
+        <v>31</v>
       </c>
       <c r="J2" t="s">
-        <v>101</v>
+        <v>32</v>
       </c>
       <c r="K2" t="s">
-        <v>102</v>
+        <v>33</v>
       </c>
       <c r="L2" t="s">
-        <v>103</v>
+        <v>34</v>
       </c>
       <c r="M2" t="s">
-        <v>104</v>
-[...148 lines deleted...]
-        <v>135</v>
+        <v>35</v>
+      </c>
+      <c r="N2" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>