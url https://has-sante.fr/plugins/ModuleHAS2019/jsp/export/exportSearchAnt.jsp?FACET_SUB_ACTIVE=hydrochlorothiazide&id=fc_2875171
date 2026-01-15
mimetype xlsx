--- v0 (2025-10-16)
+++ v1 (2026-01-15)
@@ -1,373 +1,1396 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="695" uniqueCount="425">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>08/26/2025 17:14:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Insuffisance cardiaque grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2025 17:14:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_534673/en/chronic-symptomatic-heart-failure-with-preserved-systolic-function</t>
+    <t>https://www.has-sante.fr/jcms/c_534673/fr/ald-n-5-insuffisance-cardiaque-grave</t>
   </si>
   <si>
     <t>c_534673</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Hypoparathyroïdie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un(e) patient(e) atteint(e) d’une hypoparathyroïdie. Il a été élaboré par le Centre de référence des maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789355/fr/hypoparathyroidie</t>
+  </si>
+  <si>
+    <t>c_2789355</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Syndrome de Gitelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Gitelman. Il a été élaboré par les Centres de Référence MARHEA Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392050/fr/syndrome-de-gitelman</t>
+  </si>
+  <si>
+    <t>p_3392050</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 décembre 2016</t>
+  </si>
+  <si>
+    <t>01/12/2016 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2727284/fr/commission-de-la-transparence-reunion-du-7-decembre-2016</t>
+  </si>
+  <si>
+    <t>c_2727284</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juin 2016</t>
+  </si>
+  <si>
+    <t>15/06/2016 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639159/fr/commission-de-la-transparence-reunion-du-22-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2639159</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 mars 2016</t>
+  </si>
+  <si>
+    <t>09/03/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2614580/fr/commission-de-la-transparence-reunion-du-16-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2614580</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 novembre 2013</t>
+  </si>
+  <si>
+    <t>30/12/2013 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1694858/fr/commission-de-la-transparence-reunion-du-20-novembre-2013</t>
+  </si>
+  <si>
+    <t>c_1694858</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 juillet 2013</t>
+  </si>
+  <si>
+    <t>24/07/2013 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623173/fr/commission-de-la-transparence-reunion-du-24-juillet-2013</t>
+  </si>
+  <si>
+    <t>c_1623173</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 juillet 2013</t>
+  </si>
+  <si>
+    <t>10/07/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1616460/fr/commission-de-la-transparence-reunion-du-10-juillet-2013</t>
+  </si>
+  <si>
+    <t>c_1616460</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 décembre 2012</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité EDARBI par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>05/12/2012 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339317/fr/commission-de-la-transparence-reunion-du-5-decembre-2012</t>
+  </si>
+  <si>
+    <t>c_1339317</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 mars 2012</t>
+  </si>
+  <si>
+    <t>14/03/2012 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225368/fr/commission-de-la-transparence-reunion-du-14-mars-2012</t>
+  </si>
+  <si>
+    <t>c_1225368</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 juin 2010</t>
+  </si>
+  <si>
+    <t>02/06/2010 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_955315/fr/commission-de-la-transparence-reunion-du-2-juin-2010</t>
+  </si>
+  <si>
+    <t>c_955315</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 31 mars 2010</t>
+  </si>
+  <si>
+    <t>31/03/2010 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938329/fr/commission-de-la-transparence-reunion-du-31-mars-2010</t>
+  </si>
+  <si>
+    <t>c_938329</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 janvier 2010</t>
+  </si>
+  <si>
+    <t>27/01/2010 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_924917/fr/commission-de-la-transparence-reunion-du-27-janvier-2010</t>
+  </si>
+  <si>
+    <t>c_924917</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 octobre 2009</t>
+  </si>
+  <si>
+    <t>07/10/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_858388/fr/commission-de-la-transparence-reunion-du-7-octobre-2009</t>
+  </si>
+  <si>
+    <t>c_858388</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 mars 2009</t>
+  </si>
+  <si>
+    <t>18/03/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_756836/fr/commission-de-la-transparence-reunion-du-18-mars-2009</t>
+  </si>
+  <si>
+    <t>c_756836</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>HYDROCHLOROTHIAZIDE ARROW (hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>17/09/2019 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3105185/fr/hydrochlorothiazide-arrow-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>p_3105185</t>
+  </si>
+  <si>
+    <t>hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>ARROW GENERIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3105003/fr/hydrochlorothiazide-arrow-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>CO-RENITEC (hydrochlorothiazide/ énalapril (maléate d'))</t>
+  </si>
+  <si>
+    <t>26/10/2018 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983086/fr/co-renitec-hydrochlorothiazide/-enalapril-maleate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983086</t>
+  </si>
+  <si>
+    <t>hydrochlorothiazide,énalapril (maléate d')</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603032/fr/co-renitec-hydrochlorothiazide/-enalapril-maleate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1295462/fr/co-renitec-hydrochlorothiazide/-enalapril-maleate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876779/fr/co-renitec-hydrochlorothiazide/-enalapril-maleate-d</t>
+  </si>
+  <si>
+    <t>MODURETIC (amiloride (chlorhydrate d')/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>09/10/2018 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983095/fr/moduretic-amiloride-chlorhydrate-d-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2983095</t>
+  </si>
+  <si>
+    <t>amiloride (chlorhydrate d'),hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614742/fr/moduretic-amiloride-chlorhydrate-d-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1296196/fr/moduretic-amiloride-chlorhydrate-d-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2875371/fr/moduretic-amiloride-chlorhydrate-d-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>PRESTOLE (hydrochlorothiazide/ triamtérène)</t>
+  </si>
+  <si>
+    <t>10/07/2018 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983195/fr/prestole-hydrochlorothiazide/-triamterene</t>
+  </si>
+  <si>
+    <t>pprd_2983195</t>
+  </si>
+  <si>
+    <t>hydrochlorothiazide,triamtérène</t>
+  </si>
+  <si>
+    <t>ALMIRALL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594456/fr/prestole-hydrochlorothiazide/-triamterene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339912/fr/prestole-hydrochlorothiazide/-triamterene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862075/fr/prestole-hydrochlorothiazide/-triamterene</t>
+  </si>
+  <si>
+    <t>MODUCREN (amiloride (chlorhydrate d')/ timolol (maléate de)/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>20/06/2018 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983246/fr/moducren-amiloride-chlorhydrate-d-/-timolol-maleate-de-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2983246</t>
+  </si>
+  <si>
+    <t>amiloride (chlorhydrate d'),timolol (maléate de),hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>GERDA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603246/fr/moducren-amiloride-chlorhydrate-d-/-timolol-maleate-de-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251937/fr/moducren-amiloride-chlorhydrate-d-/-timolol-maleate-de-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856003/fr/moducren-amiloride-chlorhydrate-d-/-timolol-maleate-de-/-hydrochlorothiazide</t>
   </si>
   <si>
     <t>MICARDIS - MICARDISPLUS (hydrochlorothiazide/ telmisartan)</t>
   </si>
   <si>
-    <t>08/02/2017 17:14:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983560/en/micardis-micardisplus-hydrochlorothiazide/-telmisartan</t>
+    <t>02/08/2017 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983560/fr/micardis-micardisplus-hydrochlorothiazide/-telmisartan</t>
   </si>
   <si>
     <t>pprd_2983560</t>
   </si>
   <si>
     <t>hydrochlorothiazide,telmisartan</t>
   </si>
   <si>
     <t>BOEHRINGER INGELHEIM FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398997/en/micardis-20-mg-comprime-boites-de-28</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_532214/en/micardisplus-hydrochlorothiazide/-telmisartan</t>
+    <t>https://www.has-sante.fr/jcms/c_398997/fr/micardis-20-mg-comprime-boites-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399439/fr/micardis-40mg-comprime-b/28-micardis-80mg-comprime-b/28-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523351/fr/micardis-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710757/fr/micardis-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788567/fr/micardis-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777965/fr/micardisplus-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322498/fr/micardisplus-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532214/fr/micardisplus-hydrochlorothiazide/-telmisartan</t>
   </si>
   <si>
     <t>EXFORGE (amlodipine (bésilate d')/ hydrochlorothiazide/ valsartan)</t>
   </si>
   <si>
     <t>07/07/2017 15:46:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983573/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983573/fr/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
   </si>
   <si>
     <t>pprd_2983573</t>
   </si>
   <si>
     <t>amlodipine (bésilate d'),hydrochlorothiazide,valsartan</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_517644/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2779157/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+    <t>https://www.has-sante.fr/jcms/c_517644/fr/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944504/fr/exforge-hct-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250041/fr/exforge-hct-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670237/fr/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779157/fr/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>PRITORPLUS (telmisartan / hydrochlorothiazide/ telmisartan/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>05/07/2017 11:58:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983575/fr/pritorplus-telmisartan-/-hydrochlorothiazide/-telmisartan/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2983575</t>
+  </si>
+  <si>
+    <t>telmisartan / hydrochlorothiazide,telmisartan,hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264441/fr/pritorplus-telmisartan-/-hydrochlorothiazide/-telmisartan/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2778105/fr/pritorplus-telmisartan-/-hydrochlorothiazide/-telmisartan/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>ZOFENILDUO - COTEOULA (zofénopril calcium/hydrochlorothiazide/ zofénopril calcique/ hydrochlo...)</t>
+  </si>
+  <si>
+    <t>18/04/2017 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983652/fr/zofenilduo-coteoula-zofenopril-calcium/hydrochlorothiazide/-zofenopril-calcique/-hydrochlo</t>
+  </si>
+  <si>
+    <t>pprd_2983652</t>
+  </si>
+  <si>
+    <t>zofénopril calcium/hydrochlorothiazide,zofénopril calcique,hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>MENARINI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1256029/fr/zofenilduo-zofenopril-calcium/hydrochlorothiazide/-zofenopril-calcique/-hydrochlo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756577/fr/zofenilduo-coteoula-zofenopril-calcium/hydrochlorothiazide/-zofenopril-calcique/-hydrochlo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400648/fr/coteoula-30-mg/12-5-mg-comprime-pellicule-28-comprimes-sous-plaquettes-thermoformees-pvdc/pvc/aluminium-code-cip-368-175-6-100-comprimes-sous-plaquettes-thermoformees-pvdc/pvc/aluminium-cip-566-560-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1254524/fr/coteoula-zofenopril-calcium/hydrochlorothiazide/-zofenopril-calcique/-hydrochlo</t>
   </si>
   <si>
     <t>RASILEZ - RASILEZ HCT (aliskiren (hémifumarate d')/ hydrochlorothiazide)</t>
   </si>
   <si>
-    <t>03/13/2017 09:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983775/en/rasilez-rasilez-hct-aliskiren-hemifumarate-d-/-hydrochlorothiazide</t>
+    <t>13/03/2017 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983775/fr/rasilez-rasilez-hct-aliskiren-hemifumarate-d-/-hydrochlorothiazide</t>
   </si>
   <si>
     <t>pprd_2983775</t>
   </si>
   <si>
     <t>aliskiren (hémifumarate d'),hydrochlorothiazide</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_642565/en/rasilez</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2733615/en/rasilez-aliskiren-rasilez-hct-aliskiren/hydrochlorothiazide-renin-inhibitor-alone-or-in-combination-with-a-diuretic</t>
+    <t>https://www.has-sante.fr/jcms/c_642565/fr/rasilez-aliskiren-hemifumarate-d-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810823/fr/rasilez-aliskiren-hemifumarate-d-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528341/fr/rasilez-aliskiren-inhibiteur-de-la-renine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719374/fr/rasilez-hct-aliskiren/hydrochlorothiazide-inhibiteur-de-la-renine/diuretique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719386/fr/rasilez-aliskiren-inhibiteur-de-la-renine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2733615/fr/rasilez-aliskiren-rasilez-hct-aliskiren/hydrochlorothiazide-inhibiteur-de-la-renine-en-association-ou-non-a-un-diuretique</t>
+  </si>
+  <si>
+    <t>NISISCO (hydrochlorothiazide/ valsartan)</t>
+  </si>
+  <si>
+    <t>29/08/2016 09:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984006/fr/nisisco-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>pprd_2984006</t>
+  </si>
+  <si>
+    <t>hydrochlorothiazide,valsartan</t>
+  </si>
+  <si>
+    <t>IPSEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399156/fr/nisisco-80-mg/-12-5-mg-comprime-pellicule-boite-de-28-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399642/fr/nisisco-160-mg/25-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399944/fr/nisisco-160/12-5-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456403/fr/nisisco-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036537/fr/nisisco-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658606/fr/nisisco-hydrochlorothiazide/-valsartan</t>
   </si>
   <si>
     <t>COOLMETEC (hydrochlorothiazide/ olmésartan médoxomil)</t>
   </si>
   <si>
-    <t>08/02/2016 16:40:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984019/en/coolmetec-hydrochlorothiazide/-olmesartan-medoxomil</t>
+    <t>02/08/2016 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984019/fr/coolmetec-hydrochlorothiazide/-olmesartan-medoxomil</t>
   </si>
   <si>
     <t>pprd_2984019</t>
   </si>
   <si>
     <t>hydrochlorothiazide,olmésartan médoxomil</t>
   </si>
   <si>
     <t>DAIICHI SANKYO FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400968/en/coolmetec-20-mg/12-5mg-comprimes-pellicules-b/30-code-cip-372-210-7-b/50-code-cip-567-668-2-b/90-code-cip-372-211-3-coolmetec-20-mg/25mg-comprimes-pellicules-b/30-code-cip-372-213-6-b/50-code-cip-567-669-9-b/90-code-cip-372-214-2-hydrochlorothiazide/-olmesartan-medoxomil</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2658552/en/coolmetec-hydrochlorothiazide/-olmesartan-medoxomil</t>
+    <t>https://www.has-sante.fr/jcms/c_400968/fr/coolmetec-20-mg/12-5mg-comprimes-pellicules-b/30-code-cip-372-210-7-b/50-code-cip-567-668-2-b/90-code-cip-372-211-3-coolmetec-20-mg/25mg-comprimes-pellicules-b/30-code-cip-372-213-6-b/50-code-cip-567-669-9-b/90-code-cip-372-214-2-hydrochlorothiazide/-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962466/fr/coolmetec-hydrochlorothiazide/-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019667/fr/coolmetec-gamme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036404/fr/coolmetec-olmesartan/hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579425/fr/coolmetec-hydrochlorothiazide/-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658552/fr/coolmetec-hydrochlorothiazide/-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>HYTACAND (candésartan/ cilexétil/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>03/08/2016 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984020/fr/hytacand-candesartan/-cilexetil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2984020</t>
+  </si>
+  <si>
+    <t>candésartan,cilexétil,hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>ASTRA ZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398964/fr/hytacand-16-mg/12-5-mg-comprime-boite-de-28-et-98</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036303/fr/hytacand-candesartan/-cilexetil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658549/fr/hytacand-candesartan/-cilexetil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400717/fr/hytacand-8-mg/12-5-mg-comprime-plaquettes-thermoformees-pvc-aluminium-pvdc-de-28-comprimes-code-cip-353-911-3</t>
   </si>
   <si>
     <t>ALTEISDUO (olmésartan médoxomil/ hydrochlorothiazide)</t>
   </si>
   <si>
-    <t>08/02/2016 16:40:31</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984023/en/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+    <t>02/08/2016 16:40:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984023/fr/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
   </si>
   <si>
     <t>pprd_2984023</t>
   </si>
   <si>
     <t>olmésartan médoxomil,hydrochlorothiazide</t>
   </si>
   <si>
-    <t>MENARINI FRANCE</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2658537/en/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+    <t>https://www.has-sante.fr/jcms/c_400962/fr/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962483/fr/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024734/fr/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036407/fr/alteisduo-olmesartan/hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579413/fr/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658537/fr/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>COKENZEN (candésartan cilexetil /hydrochlorothiazide/ hydrochlorothiazide/ candé...)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984028/fr/cokenzen-candesartan-cilexetil-/hydrochlorothiazide/-hydrochlorothiazide/-cande</t>
+  </si>
+  <si>
+    <t>pprd_2984028</t>
+  </si>
+  <si>
+    <t>candésartan cilexetil /hydrochlorothiazide,hydrochlorothiazide,candésartan cilexétil</t>
+  </si>
+  <si>
+    <t>TAKEDA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398877/fr/cokenzen-16-mg/12-5-mg-comprime-boites-de-28-et-98</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1067916/fr/cokenzen-candesartan-cilexetil-/hydrochlorothiazide/-hydrochlorothiazide/-cande</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658516/fr/cokenzen-candesartan-cilexetil-/hydrochlorothiazide/-hydrochlorothiazide/-cande</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400699/fr/cokenzen-8-mg/12-5-mg-comprime-plaquettes-thermoformees-aluminium-aluminium-de-28-comprimes-code-cip-353-932-0</t>
+  </si>
+  <si>
+    <t>ESIDREX (hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>23/05/2016 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984108/fr/esidrex-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2984108</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060130/fr/esidrex-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632877/fr/esidrex-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>COTAREG (hydrochlorothiazide/ valsartan)</t>
+  </si>
+  <si>
+    <t>25/04/2016 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984133/fr/cotareg-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>pprd_2984133</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399134/fr/cotareg-80-mg/-12-5-mg-comprime-pellicule-boite-de-28-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399616/fr/cotareg-160/25-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399938/fr/cotareg-160/12-5-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455314/fr/cotareg-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036309/fr/cotareg-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2626273/fr/cotareg-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>ZESTORETIC (hydrochlorothiazide/ lisinopril dihydraté)</t>
+  </si>
+  <si>
+    <t>19/02/2016 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984212/fr/zestoretic-hydrochlorothiazide/-lisinopril-dihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984212</t>
+  </si>
+  <si>
+    <t>hydrochlorothiazide,lisinopril dihydraté</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399475/fr/zestoretic-hydrochlorothiazide/-lisinopril-dihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1026413/fr/zestoretic-hydrochlorothiazide/-lisinopril-dihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2609226/fr/zestoretic-hydrochlorothiazide/-lisinopril-dihydrate</t>
+  </si>
+  <si>
+    <t>BRIAZIDE - CIBADREX (bénazépril (chlorhydrate de)/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>21/01/2016 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984255/fr/briazide-cibadrex-benazepril-chlorhydrate-de-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2984255</t>
+  </si>
+  <si>
+    <t>bénazépril (chlorhydrate de),hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>MEDA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400070/fr/briazide-10-mg/12-5-mg-comprime-pellicule-secable-boite-de-28-comprimes-code-cip-335-311-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024740/fr/briazide-benazepril-chlorhydrate-de-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588548/fr/briazide-cibadrex-benazepril-chlorhydrate-de-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172425/fr/cibadrex-benazepril-chlorhydrate-de-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_473949/fr/cibadrex-benazepril-chlorhydrate-de-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399318/fr/cibadrex-10-mg/12-5mg-comprimes-pellicules-secables-boite-de-28</t>
+  </si>
+  <si>
+    <t>COTRIATEC (ramipril / hydrochlorothiazide/ ramipril/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>02/09/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984430/fr/cotriatec-ramipril-/-hydrochlorothiazide/-ramipril/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2984430</t>
+  </si>
+  <si>
+    <t>ramipril / hydrochlorothiazide,ramipril,hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990909/fr/cotriatec-ramipril-/-hydrochlorothiazide/-ramipril/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055727/fr/cotriatec-ramipril-/-hydrochlorothiazide/-ramipril/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400649/fr/cotriatec-comprime-30-comprimes-sous-plaquettes-thermoformees-pvc/aluminium-code-cip-369-629-0-90-comprimes-sous-plaquettes-thermoformees-pvc/aluminium-code-cip-369-633-8</t>
+  </si>
+  <si>
+    <t>ACUILIX (hydrochlorothiazide/ quinapril (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984546/fr/acuilix-hydrochlorothiazide/-quinapril-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984546</t>
+  </si>
+  <si>
+    <t>hydrochlorothiazide,quinapril (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400184/fr/acuilix-hydrochlorothiazide/-quinapril-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923048/fr/acuilix-hydrochlorothiazide/-quinapril-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031557/fr/acuilix-hydrochlorothiazide/-quinapril-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>LODOZ (bisoprolol (fumarate de)/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>03/04/2015 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984579/fr/lodoz-bisoprolol-fumarate-de-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2984579</t>
+  </si>
+  <si>
+    <t>bisoprolol (fumarate de),hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>MERCK SERONO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400099/fr/lodoz-bisoprolol-fumarate-de-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854106/fr/lodoz-bisoprolol-fumarate-de-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024575/fr/lodoz-bisoprolol-fumarate-de-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>PRINZIDE (hydrochlorothiazide/ lisinopril)</t>
+  </si>
+  <si>
+    <t>01/04/2015 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984587/fr/prinzide-hydrochlorothiazide/-lisinopril</t>
+  </si>
+  <si>
+    <t>pprd_2984587</t>
+  </si>
+  <si>
+    <t>hydrochlorothiazide,lisinopril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400047/fr/prinzide-20-mg-comprime-secable-boite-de-28-comprimes-code-cip-331-732-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854100/fr/prinzide-hydrochlorothiazide/-lisinopril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022230/fr/prinzide-hydrochlorothiazide/-lisinopril</t>
   </si>
   <si>
     <t>TEMERITDUO (hydrochlorothiazide/ nébivolol (chlorhydrate de))</t>
   </si>
   <si>
-    <t>04/01/2015 10:04:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984590/en/temeritduo-hydrochlorothiazide/-nebivolol-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984590/fr/temeritduo-hydrochlorothiazide/-nebivolol-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984590</t>
   </si>
   <si>
     <t>hydrochlorothiazide,nébivolol (chlorhydrate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_874833/en/temeritduo</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2022090/en/temeritduo-hydrochlorothiazide/-nebivolol-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_874833/fr/temeritduo-hydrochlorothiazide/-nebivolol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022090/fr/temeritduo-hydrochlorothiazide/-nebivolol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>WYTENS (bisoprolol hémifumarate/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>02/03/2015 10:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984599/fr/wytens-bisoprolol-hemifumarate/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2984599</t>
+  </si>
+  <si>
+    <t>bisoprolol hémifumarate,hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400111/fr/wytens-bisoprolol-hemifumarate/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854091/fr/wytens-bisoprolol-hemifumarate/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2017378/fr/wytens-bisoprolol-hemifumarate/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>FOZIRETIC (fosinopril/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>23/02/2015 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984606/fr/foziretic-fosinopril/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2984606</t>
+  </si>
+  <si>
+    <t>fosinopril,hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400190/fr/foziretic-20-mg/12-5-mg-comprime-secable-boite-de-28-comprimes-code-cip-341-035-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_937956/fr/foziretic-fosinopril/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2012490/fr/foziretic-fosinopril/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>CONEBILOX (nébivolol (chlorhydrate de)/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>14/11/2014 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984671/fr/conebilox-nebivolol-chlorhydrate-de-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2984671</t>
+  </si>
+  <si>
+    <t>nébivolol (chlorhydrate de),hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_901521/fr/conebilox-nebivolol-chlorhydrate-de-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774163/fr/conebilox-nebivolol-chlorhydrate-de-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>COAPROVEL (hydrochlorothiazide/ irbésartan)</t>
+  </si>
+  <si>
+    <t>22/10/2012 13:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984978/fr/coaprovel-hydrochlorothiazide/-irbesartan</t>
+  </si>
+  <si>
+    <t>pprd_2984978</t>
+  </si>
+  <si>
+    <t>hydrochlorothiazide,irbésartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399417/fr/coaprovel-150mg/12-5mg-comprimes-coaprovel-300mg/12-5mg-comprimes-boites-de-28-hydrochlorothiazide/-irbesartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532065/fr/coaprovel-hydrochlorothiazide/-irbesartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323134/fr/coaprovel-hydrochlorothiazide/-irbesartan</t>
+  </si>
+  <si>
+    <t>ECAZIDE (hydrochlorothiazide/ captopril)</t>
+  </si>
+  <si>
+    <t>24/09/2012 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985001/fr/ecazide-hydrochlorothiazide/-captopril</t>
+  </si>
+  <si>
+    <t>pprd_2985001</t>
+  </si>
+  <si>
+    <t>hydrochlorothiazide,captopril</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594460/fr/ecazide-hydrochlorothiazide/-captopril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298547/fr/ecazide-hydrochlorothiazide/-captopril</t>
+  </si>
+  <si>
+    <t>CAPTEA (hydrochlorothiazide/ captopril)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985003/fr/captea-hydrochlorothiazide/-captopril</t>
+  </si>
+  <si>
+    <t>pprd_2985003</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594488/fr/captea-hydrochlorothiazide/-captopril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298535/fr/captea-hydrochlorothiazide/-captopril</t>
+  </si>
+  <si>
+    <t>HYZAAR - FORTZAAR (losartan potassique/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>30/03/2016 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985195/fr/hyzaar-fortzaar-losartan-potassique/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2985195</t>
+  </si>
+  <si>
+    <t>losartan potassique,hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>Laboratoire MSD - CHIBRET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399224/fr/hyzaar-50-mg/12-5-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460066/fr/hyzaar-losartan-potassique/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460070/fr/hyzaar-fortzaar-losartan-potassique/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036318/fr/hyzaar-fortzaar-losartan-potassique/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620024/fr/fortzaar-hyzaar-losartan-potassique/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477444/fr/fortzaar-losartan-potassique/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>KORETIC (chlorhydrate de quinapril/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>02/02/2010 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985298/fr/koretic-chlorhydrate-de-quinapril/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2985298</t>
+  </si>
+  <si>
+    <t>chlorhydrate de quinapril,hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>Laboratoire SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400267/fr/koretic-20-mg/12-5-mg-comprimes-pellicules-secables-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_918261/fr/koretic-chlorhydrate-de-quinapril/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>COTEVETEN (éprosartan (mésylate d')/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>04/10/2006 14:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985526/fr/coteveten-eprosartan-mesylate-d-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2985526</t>
+  </si>
+  <si>
+    <t>éprosartan (mésilate d'),hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>SOLVAY PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455324/fr/coteveten-eprosartan-mesylate-d-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>CAPTOPRIL HYDROCHLOROTHIAZIDE G GAM (captopril/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>16/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985648/fr/captopril-hydrochlorothiazide-g-gam-captopril/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2985648</t>
+  </si>
+  <si>
+    <t>captopril,hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>G GAM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400732/fr/captopril-hydrochlorothiazide-g-gam-captopril/-hydrochlorothiazide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -381,383 +1404,2254 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R7"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>45</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>51</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D2" t="s">
+        <v>55</v>
+      </c>
+      <c r="E2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>57</v>
+      </c>
+      <c r="H2" t="s">
+        <v>58</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>63</v>
+      </c>
+      <c r="H2" t="s">
+        <v>64</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
-[...26 lines deleted...]
-        <v>33</v>
+        <v>65</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="B3" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="H3" t="s">
-        <v>37</v>
+        <v>69</v>
       </c>
       <c r="I3" t="s">
-        <v>38</v>
-[...17 lines deleted...]
-        <v>44</v>
+        <v>65</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="B4" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>46</v>
+        <v>71</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
       <c r="H4" t="s">
-        <v>48</v>
+        <v>73</v>
       </c>
       <c r="I4" t="s">
-        <v>49</v>
-[...20 lines deleted...]
-        <v>55</v>
+        <v>65</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="B5" t="s">
-        <v>56</v>
+        <v>74</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
       <c r="H5" t="s">
-        <v>59</v>
+        <v>77</v>
       </c>
       <c r="I5" t="s">
-        <v>60</v>
-[...13 lines deleted...]
-      <c r="N5" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="H6" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="I6" t="s">
-        <v>72</v>
-[...20 lines deleted...]
-        <v>79</v>
+        <v>65</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="B7" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="H7" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="I7" t="s">
-        <v>84</v>
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>86</v>
+      </c>
+      <c r="C8" t="s">
+        <v>87</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>88</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>89</v>
+      </c>
+      <c r="H8" t="s">
+        <v>90</v>
+      </c>
+      <c r="I8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>60</v>
+      </c>
+      <c r="B9" t="s">
+        <v>91</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>92</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>93</v>
+      </c>
+      <c r="H9" t="s">
+        <v>94</v>
+      </c>
+      <c r="I9" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>60</v>
+      </c>
+      <c r="B10" t="s">
+        <v>95</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>96</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>97</v>
+      </c>
+      <c r="H10" t="s">
+        <v>98</v>
+      </c>
+      <c r="I10" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>60</v>
+      </c>
+      <c r="B11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>100</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>101</v>
+      </c>
+      <c r="H11" t="s">
+        <v>102</v>
+      </c>
+      <c r="I11" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>60</v>
+      </c>
+      <c r="B12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>104</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>105</v>
+      </c>
+      <c r="H12" t="s">
+        <v>106</v>
+      </c>
+      <c r="I12" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>108</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>109</v>
+      </c>
+      <c r="H13" t="s">
+        <v>110</v>
+      </c>
+      <c r="I13" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>112</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>113</v>
+      </c>
+      <c r="H14" t="s">
+        <v>114</v>
+      </c>
+      <c r="I14" t="s">
+        <v>65</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R35"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>115</v>
+      </c>
+      <c r="J1" t="s">
+        <v>116</v>
+      </c>
+      <c r="K1" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>118</v>
+      </c>
+      <c r="B2" t="s">
+        <v>119</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>120</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>121</v>
+      </c>
+      <c r="H2" t="s">
+        <v>122</v>
+      </c>
+      <c r="I2" t="s">
+        <v>123</v>
+      </c>
+      <c r="J2" t="s">
+        <v>124</v>
+      </c>
+      <c r="K2" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B3" t="s">
+        <v>126</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>128</v>
+      </c>
+      <c r="H3" t="s">
+        <v>129</v>
+      </c>
+      <c r="I3" t="s">
+        <v>130</v>
+      </c>
+      <c r="J3" t="s">
+        <v>131</v>
+      </c>
+      <c r="K3" t="s">
+        <v>132</v>
+      </c>
+      <c r="L3" t="s">
+        <v>133</v>
+      </c>
+      <c r="M3" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>118</v>
+      </c>
+      <c r="B4" t="s">
+        <v>135</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>136</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>137</v>
+      </c>
+      <c r="H4" t="s">
+        <v>138</v>
+      </c>
+      <c r="I4" t="s">
+        <v>139</v>
+      </c>
+      <c r="J4" t="s">
+        <v>131</v>
+      </c>
+      <c r="K4" t="s">
+        <v>140</v>
+      </c>
+      <c r="L4" t="s">
+        <v>141</v>
+      </c>
+      <c r="M4" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>118</v>
+      </c>
+      <c r="B5" t="s">
+        <v>143</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>144</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>145</v>
+      </c>
+      <c r="H5" t="s">
+        <v>146</v>
+      </c>
+      <c r="I5" t="s">
+        <v>147</v>
+      </c>
+      <c r="J5" t="s">
+        <v>148</v>
+      </c>
+      <c r="K5" t="s">
+        <v>149</v>
+      </c>
+      <c r="L5" t="s">
+        <v>150</v>
+      </c>
+      <c r="M5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>118</v>
+      </c>
+      <c r="B6" t="s">
+        <v>152</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>153</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>154</v>
+      </c>
+      <c r="H6" t="s">
+        <v>155</v>
+      </c>
+      <c r="I6" t="s">
+        <v>156</v>
+      </c>
+      <c r="J6" t="s">
+        <v>157</v>
+      </c>
+      <c r="K6" t="s">
+        <v>158</v>
+      </c>
+      <c r="L6" t="s">
+        <v>159</v>
+      </c>
+      <c r="M6" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>118</v>
+      </c>
+      <c r="B7" t="s">
+        <v>161</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>162</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>163</v>
+      </c>
+      <c r="H7" t="s">
+        <v>164</v>
+      </c>
+      <c r="I7" t="s">
+        <v>165</v>
       </c>
       <c r="J7" t="s">
-        <v>73</v>
+        <v>166</v>
       </c>
       <c r="K7" t="s">
-        <v>85</v>
+        <v>167</v>
       </c>
       <c r="L7" t="s">
-        <v>86</v>
+        <v>168</v>
+      </c>
+      <c r="M7" t="s">
+        <v>169</v>
+      </c>
+      <c r="N7" t="s">
+        <v>170</v>
+      </c>
+      <c r="O7" t="s">
+        <v>171</v>
+      </c>
+      <c r="P7" t="s">
+        <v>172</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>173</v>
+      </c>
+      <c r="R7" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>118</v>
+      </c>
+      <c r="B8" t="s">
+        <v>175</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>176</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>177</v>
+      </c>
+      <c r="H8" t="s">
+        <v>178</v>
+      </c>
+      <c r="I8" t="s">
+        <v>179</v>
+      </c>
+      <c r="J8" t="s">
+        <v>180</v>
+      </c>
+      <c r="K8" t="s">
+        <v>181</v>
+      </c>
+      <c r="L8" t="s">
+        <v>182</v>
+      </c>
+      <c r="M8" t="s">
+        <v>183</v>
+      </c>
+      <c r="N8" t="s">
+        <v>184</v>
+      </c>
+      <c r="O8" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>118</v>
+      </c>
+      <c r="B9" t="s">
+        <v>186</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>187</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>188</v>
+      </c>
+      <c r="H9" t="s">
+        <v>189</v>
+      </c>
+      <c r="I9" t="s">
+        <v>190</v>
+      </c>
+      <c r="J9" t="s">
+        <v>191</v>
+      </c>
+      <c r="K9" t="s">
+        <v>192</v>
+      </c>
+      <c r="L9" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>118</v>
+      </c>
+      <c r="B10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>195</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>196</v>
+      </c>
+      <c r="H10" t="s">
+        <v>197</v>
+      </c>
+      <c r="I10" t="s">
+        <v>198</v>
+      </c>
+      <c r="J10" t="s">
+        <v>199</v>
+      </c>
+      <c r="K10" t="s">
+        <v>200</v>
+      </c>
+      <c r="L10" t="s">
+        <v>201</v>
+      </c>
+      <c r="M10" t="s">
+        <v>202</v>
+      </c>
+      <c r="N10" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>118</v>
+      </c>
+      <c r="B11" t="s">
+        <v>204</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>205</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>206</v>
+      </c>
+      <c r="H11" t="s">
+        <v>207</v>
+      </c>
+      <c r="I11" t="s">
+        <v>208</v>
+      </c>
+      <c r="J11" t="s">
+        <v>180</v>
+      </c>
+      <c r="K11" t="s">
+        <v>209</v>
+      </c>
+      <c r="L11" t="s">
+        <v>210</v>
+      </c>
+      <c r="M11" t="s">
+        <v>211</v>
+      </c>
+      <c r="N11" t="s">
+        <v>212</v>
+      </c>
+      <c r="O11" t="s">
+        <v>213</v>
+      </c>
+      <c r="P11" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>118</v>
+      </c>
+      <c r="B12" t="s">
+        <v>215</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>216</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>217</v>
+      </c>
+      <c r="H12" t="s">
+        <v>218</v>
+      </c>
+      <c r="I12" t="s">
+        <v>219</v>
+      </c>
+      <c r="J12" t="s">
+        <v>220</v>
+      </c>
+      <c r="K12" t="s">
+        <v>221</v>
+      </c>
+      <c r="L12" t="s">
+        <v>222</v>
+      </c>
+      <c r="M12" t="s">
+        <v>223</v>
+      </c>
+      <c r="N12" t="s">
+        <v>224</v>
+      </c>
+      <c r="O12" t="s">
+        <v>225</v>
+      </c>
+      <c r="P12" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>118</v>
+      </c>
+      <c r="B13" t="s">
+        <v>227</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>228</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>229</v>
+      </c>
+      <c r="H13" t="s">
+        <v>230</v>
+      </c>
+      <c r="I13" t="s">
+        <v>231</v>
+      </c>
+      <c r="J13" t="s">
+        <v>232</v>
+      </c>
+      <c r="K13" t="s">
+        <v>233</v>
+      </c>
+      <c r="L13" t="s">
+        <v>234</v>
+      </c>
+      <c r="M13" t="s">
+        <v>235</v>
+      </c>
+      <c r="N13" t="s">
+        <v>236</v>
+      </c>
+      <c r="O13" t="s">
+        <v>237</v>
+      </c>
+      <c r="P13" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>118</v>
+      </c>
+      <c r="B14" t="s">
+        <v>239</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>240</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>241</v>
+      </c>
+      <c r="H14" t="s">
+        <v>242</v>
+      </c>
+      <c r="I14" t="s">
+        <v>243</v>
+      </c>
+      <c r="J14" t="s">
+        <v>244</v>
+      </c>
+      <c r="K14" t="s">
+        <v>245</v>
+      </c>
+      <c r="L14" t="s">
+        <v>246</v>
+      </c>
+      <c r="M14" t="s">
+        <v>247</v>
+      </c>
+      <c r="N14" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>118</v>
+      </c>
+      <c r="B15" t="s">
+        <v>249</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>250</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>251</v>
+      </c>
+      <c r="H15" t="s">
+        <v>252</v>
+      </c>
+      <c r="I15" t="s">
+        <v>253</v>
+      </c>
+      <c r="J15" t="s">
+        <v>199</v>
+      </c>
+      <c r="K15" t="s">
+        <v>254</v>
+      </c>
+      <c r="L15" t="s">
+        <v>255</v>
+      </c>
+      <c r="M15" t="s">
+        <v>256</v>
+      </c>
+      <c r="N15" t="s">
+        <v>257</v>
+      </c>
+      <c r="O15" t="s">
+        <v>258</v>
+      </c>
+      <c r="P15" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>118</v>
+      </c>
+      <c r="B16" t="s">
+        <v>260</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>240</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>261</v>
+      </c>
+      <c r="H16" t="s">
+        <v>262</v>
+      </c>
+      <c r="I16" t="s">
+        <v>263</v>
+      </c>
+      <c r="J16" t="s">
+        <v>264</v>
+      </c>
+      <c r="K16" t="s">
+        <v>265</v>
+      </c>
+      <c r="L16" t="s">
+        <v>266</v>
+      </c>
+      <c r="M16" t="s">
+        <v>267</v>
+      </c>
+      <c r="N16" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>118</v>
+      </c>
+      <c r="B17" t="s">
+        <v>269</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>270</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>271</v>
+      </c>
+      <c r="H17" t="s">
+        <v>272</v>
+      </c>
+      <c r="I17" t="s">
+        <v>123</v>
+      </c>
+      <c r="J17" t="s">
+        <v>180</v>
+      </c>
+      <c r="K17" t="s">
+        <v>273</v>
+      </c>
+      <c r="L17" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>118</v>
+      </c>
+      <c r="B18" t="s">
+        <v>275</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>276</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>277</v>
+      </c>
+      <c r="H18" t="s">
+        <v>278</v>
+      </c>
+      <c r="I18" t="s">
+        <v>219</v>
+      </c>
+      <c r="J18" t="s">
+        <v>180</v>
+      </c>
+      <c r="K18" t="s">
+        <v>279</v>
+      </c>
+      <c r="L18" t="s">
+        <v>280</v>
+      </c>
+      <c r="M18" t="s">
+        <v>281</v>
+      </c>
+      <c r="N18" t="s">
+        <v>282</v>
+      </c>
+      <c r="O18" t="s">
+        <v>283</v>
+      </c>
+      <c r="P18" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>118</v>
+      </c>
+      <c r="B19" t="s">
+        <v>285</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>286</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>287</v>
+      </c>
+      <c r="H19" t="s">
+        <v>288</v>
+      </c>
+      <c r="I19" t="s">
+        <v>289</v>
+      </c>
+      <c r="J19" t="s">
+        <v>290</v>
+      </c>
+      <c r="K19" t="s">
+        <v>291</v>
+      </c>
+      <c r="L19" t="s">
+        <v>292</v>
+      </c>
+      <c r="M19" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>118</v>
+      </c>
+      <c r="B20" t="s">
+        <v>294</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>295</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>296</v>
+      </c>
+      <c r="H20" t="s">
+        <v>297</v>
+      </c>
+      <c r="I20" t="s">
+        <v>298</v>
+      </c>
+      <c r="J20" t="s">
+        <v>299</v>
+      </c>
+      <c r="K20" t="s">
+        <v>300</v>
+      </c>
+      <c r="L20" t="s">
+        <v>301</v>
+      </c>
+      <c r="M20" t="s">
+        <v>302</v>
+      </c>
+      <c r="N20" t="s">
+        <v>303</v>
+      </c>
+      <c r="O20" t="s">
+        <v>304</v>
+      </c>
+      <c r="P20" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>118</v>
+      </c>
+      <c r="B21" t="s">
+        <v>306</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>307</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>308</v>
+      </c>
+      <c r="H21" t="s">
+        <v>309</v>
+      </c>
+      <c r="I21" t="s">
+        <v>310</v>
+      </c>
+      <c r="J21" t="s">
+        <v>311</v>
+      </c>
+      <c r="K21" t="s">
+        <v>312</v>
+      </c>
+      <c r="L21" t="s">
+        <v>313</v>
+      </c>
+      <c r="M21" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>118</v>
+      </c>
+      <c r="B22" t="s">
+        <v>315</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>316</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>317</v>
+      </c>
+      <c r="H22" t="s">
+        <v>318</v>
+      </c>
+      <c r="I22" t="s">
+        <v>319</v>
+      </c>
+      <c r="J22" t="s">
+        <v>320</v>
+      </c>
+      <c r="K22" t="s">
+        <v>321</v>
+      </c>
+      <c r="L22" t="s">
+        <v>322</v>
+      </c>
+      <c r="M22" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>118</v>
+      </c>
+      <c r="B23" t="s">
+        <v>324</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>325</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>326</v>
+      </c>
+      <c r="H23" t="s">
+        <v>327</v>
+      </c>
+      <c r="I23" t="s">
+        <v>328</v>
+      </c>
+      <c r="J23" t="s">
+        <v>329</v>
+      </c>
+      <c r="K23" t="s">
+        <v>330</v>
+      </c>
+      <c r="L23" t="s">
+        <v>331</v>
+      </c>
+      <c r="M23" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>118</v>
+      </c>
+      <c r="B24" t="s">
+        <v>333</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>334</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>335</v>
+      </c>
+      <c r="H24" t="s">
+        <v>336</v>
+      </c>
+      <c r="I24" t="s">
+        <v>337</v>
+      </c>
+      <c r="J24" t="s">
+        <v>131</v>
+      </c>
+      <c r="K24" t="s">
+        <v>338</v>
+      </c>
+      <c r="L24" t="s">
+        <v>339</v>
+      </c>
+      <c r="M24" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>118</v>
+      </c>
+      <c r="B25" t="s">
+        <v>341</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>334</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>342</v>
+      </c>
+      <c r="H25" t="s">
+        <v>343</v>
+      </c>
+      <c r="I25" t="s">
+        <v>344</v>
+      </c>
+      <c r="J25" t="s">
+        <v>199</v>
+      </c>
+      <c r="K25" t="s">
+        <v>345</v>
+      </c>
+      <c r="L25" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>118</v>
+      </c>
+      <c r="B26" t="s">
+        <v>347</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>348</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>349</v>
+      </c>
+      <c r="H26" t="s">
+        <v>350</v>
+      </c>
+      <c r="I26" t="s">
+        <v>351</v>
+      </c>
+      <c r="J26" t="s">
+        <v>299</v>
+      </c>
+      <c r="K26" t="s">
+        <v>352</v>
+      </c>
+      <c r="L26" t="s">
+        <v>353</v>
+      </c>
+      <c r="M26" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>118</v>
+      </c>
+      <c r="B27" t="s">
+        <v>355</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>356</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>357</v>
+      </c>
+      <c r="H27" t="s">
+        <v>358</v>
+      </c>
+      <c r="I27" t="s">
+        <v>359</v>
+      </c>
+      <c r="J27" t="s">
+        <v>329</v>
+      </c>
+      <c r="K27" t="s">
+        <v>360</v>
+      </c>
+      <c r="L27" t="s">
+        <v>361</v>
+      </c>
+      <c r="M27" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" t="s">
+        <v>363</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>364</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>365</v>
+      </c>
+      <c r="H28" t="s">
+        <v>366</v>
+      </c>
+      <c r="I28" t="s">
+        <v>367</v>
+      </c>
+      <c r="J28" t="s">
+        <v>199</v>
+      </c>
+      <c r="K28" t="s">
+        <v>368</v>
+      </c>
+      <c r="L28" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>118</v>
+      </c>
+      <c r="B29" t="s">
+        <v>370</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>371</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>372</v>
+      </c>
+      <c r="H29" t="s">
+        <v>373</v>
+      </c>
+      <c r="I29" t="s">
+        <v>374</v>
+      </c>
+      <c r="J29" t="s">
+        <v>311</v>
+      </c>
+      <c r="K29" t="s">
+        <v>375</v>
+      </c>
+      <c r="L29" t="s">
+        <v>376</v>
+      </c>
+      <c r="M29" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>118</v>
+      </c>
+      <c r="B30" t="s">
+        <v>378</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>379</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>380</v>
+      </c>
+      <c r="H30" t="s">
+        <v>381</v>
+      </c>
+      <c r="I30" t="s">
+        <v>382</v>
+      </c>
+      <c r="J30" t="s">
+        <v>383</v>
+      </c>
+      <c r="K30" t="s">
+        <v>384</v>
+      </c>
+      <c r="L30" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>118</v>
+      </c>
+      <c r="B31" t="s">
+        <v>386</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>379</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>387</v>
+      </c>
+      <c r="H31" t="s">
+        <v>388</v>
+      </c>
+      <c r="I31" t="s">
+        <v>382</v>
+      </c>
+      <c r="J31" t="s">
+        <v>311</v>
+      </c>
+      <c r="K31" t="s">
+        <v>389</v>
+      </c>
+      <c r="L31" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>118</v>
+      </c>
+      <c r="B32" t="s">
+        <v>391</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>392</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>393</v>
+      </c>
+      <c r="H32" t="s">
+        <v>394</v>
+      </c>
+      <c r="I32" t="s">
+        <v>395</v>
+      </c>
+      <c r="J32" t="s">
+        <v>396</v>
+      </c>
+      <c r="K32" t="s">
+        <v>397</v>
+      </c>
+      <c r="L32" t="s">
+        <v>398</v>
+      </c>
+      <c r="M32" t="s">
+        <v>399</v>
+      </c>
+      <c r="N32" t="s">
+        <v>400</v>
+      </c>
+      <c r="O32" t="s">
+        <v>401</v>
+      </c>
+      <c r="P32" t="s">
+        <v>402</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>398</v>
+      </c>
+      <c r="R32" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>118</v>
+      </c>
+      <c r="B33" t="s">
+        <v>403</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>404</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>405</v>
+      </c>
+      <c r="H33" t="s">
+        <v>406</v>
+      </c>
+      <c r="I33" t="s">
+        <v>407</v>
+      </c>
+      <c r="J33" t="s">
+        <v>408</v>
+      </c>
+      <c r="K33" t="s">
+        <v>409</v>
+      </c>
+      <c r="L33" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>118</v>
+      </c>
+      <c r="B34" t="s">
+        <v>411</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>412</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>413</v>
+      </c>
+      <c r="H34" t="s">
+        <v>414</v>
+      </c>
+      <c r="I34" t="s">
+        <v>415</v>
+      </c>
+      <c r="J34" t="s">
+        <v>416</v>
+      </c>
+      <c r="K34" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>118</v>
+      </c>
+      <c r="B35" t="s">
+        <v>418</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>419</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>420</v>
+      </c>
+      <c r="H35" t="s">
+        <v>421</v>
+      </c>
+      <c r="I35" t="s">
+        <v>422</v>
+      </c>
+      <c r="J35" t="s">
+        <v>423</v>
+      </c>
+      <c r="K35" t="s">
+        <v>424</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>